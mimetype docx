--- v0 (2025-10-06)
+++ v1 (2025-11-15)
@@ -18,192 +18,210 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2B9AC53B" w14:textId="54AB1172" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00751578">
+    <w:p w14:paraId="2B9AC53B" w14:textId="54AB1172" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="005D212A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
-      <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-      <w:r w:rsidR="009C31DD">
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">Write the title briefly, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D212A">
+        <w:t>clearly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D212A">
+        <w:t>concisely</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">, interesting, and describing the content maximum 15 words, sentence case, bold, 14pt size </w:t>
+      </w:r>
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
         <w:t>[Title]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B8D26D9" w14:textId="5EB8052A" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00751578">
+    <w:p w14:paraId="6B8D26D9" w14:textId="5EB8052A" w:rsidR="00320E8E" w:rsidRPr="005D212A" w:rsidRDefault="00320E8E" w:rsidP="005D212A">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
-      <w:r w:rsidRPr="00320E8E">
+      <w:r w:rsidRPr="005D212A">
         <w:t>(Subtitle 12pt size, capital first letter can be used when needed)</w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD">
+      <w:r w:rsidR="009C31DD" w:rsidRPr="005D212A">
         <w:t xml:space="preserve"> [Subtitle]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21183870" w14:textId="7FCC9945" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00A240B1">
+    <w:p w14:paraId="21183870" w14:textId="7FCC9945" w:rsidR="00320E8E" w:rsidRPr="005D212A" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00320E8E">
+      <w:r w:rsidRPr="005D212A">
         <w:t>Abstract</w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD">
+      <w:r w:rsidR="009C31DD" w:rsidRPr="005D212A">
         <w:t xml:space="preserve"> [Heading 1]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3939DFDA" w14:textId="0DC575C3" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00661B3A">
-[...3 lines deleted...]
-      <w:r w:rsidR="009C31DD">
+    <w:p w14:paraId="3939DFDA" w14:textId="3130DEB5" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">The abstract is a mini representation of the entire article. Make sure the abstract includes in a concise manner: Research objectives, which represent the primary research questions that require resolution; Research methods in conducting the research outline; The most significant results/findings of the research; The main implications of the research findings; Research Limitations (if any); The abstract should </w:t>
+      </w:r>
+      <w:r w:rsidR="00E461AA" w:rsidRPr="001F5DDD">
+        <w:t>be between</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> 100 to 200 words.</w:t>
+      </w:r>
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve"> [Normal Style]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C4D8CC0" w14:textId="3B0E3C95" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00436B05">
-      <w:r w:rsidRPr="00411F43">
+    <w:p w14:paraId="7C4D8CC0" w14:textId="3B0E3C95" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
         <w:rPr>
           <w:rStyle w:val="KeywordsChar"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD" w:rsidRPr="00411F43">
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
         <w:rPr>
           <w:rStyle w:val="KeywordsChar"/>
         </w:rPr>
         <w:t>: [</w:t>
       </w:r>
-      <w:r w:rsidR="00411F43">
+      <w:r w:rsidR="00411F43" w:rsidRPr="001F5DDD">
         <w:rPr>
           <w:rStyle w:val="KeywordsChar"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD" w:rsidRPr="00411F43">
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
         <w:rPr>
           <w:rStyle w:val="KeywordsChar"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD">
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00320E8E">
+      <w:r w:rsidRPr="001F5DDD">
         <w:t>Choose 3 to 5 words or phrases that are most relevant and accurately reflect the topic, methodology, and key findings of the research. In determining keywords, consider technical terms, key concepts, and variables that are an important part of the research. Separate every keyword with semicolons.</w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD">
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve"> [Normal]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="461DAACB" w14:textId="77777777" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00A240B1">
+    <w:p w14:paraId="461DAACB" w14:textId="008BEE89" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="005D212A" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00320E8E">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B624BEC" wp14:editId="75076EDA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CA2585E" wp14:editId="7B2504E8">
             <wp:extent cx="544195" cy="252730"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="544195" cy="252730"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00320E8E">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320E8E">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3934A465" wp14:editId="339392A1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="134AB837" wp14:editId="3489E389">
             <wp:extent cx="540000" cy="252000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="787322898" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="6618" t="19791" r="4670" b="20372"/>
                     <a:stretch/>
@@ -211,1653 +229,1502 @@
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="540000" cy="252000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2E1020" w14:textId="77777777" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00F87E0B"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00320E8E">
+    <w:p w14:paraId="7B2E1020" w14:textId="77777777" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF"/>
+    <w:p w14:paraId="312D886C" w14:textId="77777777" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD7672F" w14:textId="7D8DBBC3" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00A240B1">
+    <w:p w14:paraId="3AD7672F" w14:textId="7D8DBBC3" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00320E8E">
+      <w:r w:rsidRPr="001F5DDD">
         <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD">
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve"> [Heading 1]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00320E8E">
+      <w:r w:rsidRPr="001F5DDD">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749E48A4" w14:textId="7D83F6AA" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="005424C8">
-      <w:r w:rsidRPr="00320E8E">
+    <w:p w14:paraId="749E48A4" w14:textId="7D83F6AA" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve">The Introduction should begin with a general background of the research topic, providing context and establishing urgency and rationale for the study.  Relevant and current literature should be incorporated to provide context and highlight the research gaps, ensuring that references are original and directly related to the research topic. The presentation should be coherent chronologically and the logical relationship between one paragraph and the following paragraph should be clear. </w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD">
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
         <w:t>[Normal]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7755C239" w14:textId="69C8F4D7" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00A240B1">
+    <w:p w14:paraId="7755C239" w14:textId="69C8F4D7" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00320E8E">
+      <w:r w:rsidRPr="001F5DDD">
         <w:t>Research Methods</w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD">
-[...3 lines deleted...]
-        <w:t>[Heading 1]</w:t>
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> [Heading 1]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3008EE48" w14:textId="64A8DE2A" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00AA6CF4">
-      <w:r w:rsidRPr="00320E8E">
+    <w:p w14:paraId="3008EE48" w14:textId="64A8DE2A" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
         <w:t>The research methods section should present the experimental procedure in detail and systematically so that it can be reproduced by other researchers and produce consistent findings. If the procedure refers to previous research, appropriate and accurate references must be included. The description of the methodology should be clear and complete, including all steps, materials, and equipment used.</w:t>
       </w:r>
-      <w:r w:rsidR="00C37D5F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00C37D5F" w:rsidRPr="00C37D5F">
+      <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> [Normal]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61AA1772" w14:textId="0DCFE14B" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>Result</w:t>
+      </w:r>
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> [Heading 1]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="555261B4" w14:textId="69BE3FAD" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">Present the research results neatly, completely, and systematically. Use tables, figures, and schemes that are clear, easy to read, accurate, and have sufficient resolution to visualize the findings. Each piece of data presented must be logically connected to the discussion, ensuring that the meaning and impact of the research findings can be interpreted correctly. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
         <w:t>[Normal]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61AA1772" w14:textId="0DCFE14B" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00A240B1">
+    <w:p w14:paraId="547B28CE" w14:textId="082DCF60" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00320E8E">
-[...6 lines deleted...]
-        <w:t>[Heading 1]</w:t>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>Discussion</w:t>
+      </w:r>
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> [Heading 1]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555261B4" w14:textId="69BE3FAD" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="005424C8">
-[...4 lines deleted...]
-        <w:t>[Normal]</w:t>
+    <w:p w14:paraId="13D94EB1" w14:textId="512472E4" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>The flow of the discussion should have a clear structure, gradually directing attention to the key points on which the research conclusions are based. Conduct a thorough comparative analysis between the research results and previous studies, especially those discussed in the introduction.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> [Normal]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="547B28CE" w14:textId="082DCF60" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00F61E39">
+    <w:p w14:paraId="12AC8657" w14:textId="27B031F0" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00320E8E">
-[...6 lines deleted...]
-        <w:t>[Heading 1]</w:t>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>Conclusion</w:t>
+      </w:r>
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> [Heading 1]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13D94EB1" w14:textId="512472E4" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="005424C8">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00320E8E">
+    <w:p w14:paraId="7FAA6742" w14:textId="71A76F51" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve">The conclusion section summarizes the research's key findings by addressing the objectives of the study. Present the results of the research data and analysis that support the conclusion statement. The section may include research limitations and suggestions for improvements, as well as recommendations for future research and policy changes. The conclusions should be written critically, carefully, logically, and honestly, based on the facts obtained. The conclusion should be presented concisely in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C37D5F">
+      <w:r w:rsidRPr="001F5DDD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>no more than two paragraphs</w:t>
       </w:r>
-      <w:r w:rsidRPr="00320E8E">
+      <w:r w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve"> and avoid lists of conclusions in bullet or number form.</w:t>
       </w:r>
-      <w:r w:rsidR="00C37D5F">
+      <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> [Normal]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47483CE5" w14:textId="1B8B4369" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>References</w:t>
+      </w:r>
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> [Heading 1]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39550904" w14:textId="5CB514E6" w:rsidR="00915498" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">Authors are encouraged to use Mendeley or Zotero Reference Manager Software. The citation and reference formatting should follow the Vancouver Style guidelines. While it is not necessary to have an extensive list of references, a minimum of 15 references is required with at least 80% of them from main </w:t>
+      </w:r>
+      <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
+        <w:t>sources</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>. Journal article references are recommended to be no more than 7 years old, except if they remain relevant 30% at most.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">  Provision of a DOI link for each reference from a journal is not mandatory; however, we strongly advocate for it.</w:t>
+      </w:r>
+      <w:r w:rsidR="00915498" w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C37D5F" w:rsidRPr="00C37D5F">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2C3F8610" w14:textId="09823A1C" w:rsidR="009C31DD" w:rsidRDefault="009C31DD" w:rsidP="00C37D5F">
-[...78 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="415C55D2" w14:textId="4A3B5A57" w:rsidR="00052427" w:rsidRPr="001F5DDD" w:rsidRDefault="006A1CCD" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
         <w:t>Example:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tag w:val="MENDELEY_BIBLIOGRAPHY"/>
         <w:id w:val="926004911"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="22F517A3" w14:textId="77777777" w:rsidR="0030425E" w:rsidRPr="0030425E" w:rsidRDefault="0030425E">
+        <w:p w14:paraId="4E54C50C" w14:textId="77777777" w:rsidR="00052427" w:rsidRDefault="00052427" w:rsidP="00D601DF">
           <w:pPr>
-            <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-            <w:divId w:val="1188834321"/>
+            <w:pStyle w:val="Reference"/>
+            <w:divId w:val="2002539418"/>
             <w:rPr>
-              <w:rFonts w:eastAsia="Times New Roman"/>
-              <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="none"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>1.</w:t>
           </w:r>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:tab/>
-            <w:t>Dura J, Wardana D. The Sustainability Role of Women Entrepreneurs through the Digital Financial Literacy Movement. Population and Economics 8(3): 108-129 [Internet]. 2024 Oct 30 [cited 2025 Sep 13];8(3):108–29. Available from: https://populationandeconomics.pensoft.net/article/116923/</w:t>
+            <w:t xml:space="preserve">Dura J, Wardana D. The Sustainability Role of Women Entrepreneurs through the Digital Financial Literacy Movement. Population and Economics 8(3): 108-129 [Internet]. 2024 </w:t>
+          </w:r>
+          <w:r>
+            <w:lastRenderedPageBreak/>
+            <w:t>Oct 30 [cited 2025 Sep 13];8(3):108–29. Available from: https://populationandeconomics.pensoft.net/article/116923/</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2F987EEA" w14:textId="77777777" w:rsidR="0030425E" w:rsidRPr="0030425E" w:rsidRDefault="0030425E">
+        <w:p w14:paraId="25184C68" w14:textId="77777777" w:rsidR="00052427" w:rsidRDefault="00052427" w:rsidP="00D601DF">
           <w:pPr>
-            <w:autoSpaceDE w:val="0"/>
-[...6 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="Reference"/>
+            <w:divId w:val="1333533278"/>
           </w:pPr>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>2.</w:t>
           </w:r>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:tab/>
             <w:t xml:space="preserve">Ningsih WF, </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>Handayani</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="0030425E">
-[...4 lines deleted...]
-            <w:t xml:space="preserve"> YI. The Influence of Financing, Financing Risk and Liquidity Risk on the Profitability of Private Islamic Commercial Banks (BUS) in Indonesia. </w:t>
+          <w:r>
+            <w:t xml:space="preserve"> YI. The </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00052427">
+            <w:t>Influence</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve"> of Financing, Financing Risk and Liquidity Risk on the Profitability of Private Islamic Commercial Banks (BUS) in Indonesia. </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>Jurnal</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>Ilmiah</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>Bisnis</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t xml:space="preserve"> dan Ekonomi Asia [Internet]. 2025 Jul 14 [cited 2025 Sep 13];19(2):142–53. Available from: https://jibeka.asia.ac.id/index.php/jibeka/article/view/2368</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0849A16A" w14:textId="77777777" w:rsidR="0030425E" w:rsidRPr="0030425E" w:rsidRDefault="0030425E">
+        <w:p w14:paraId="3037EC9A" w14:textId="77777777" w:rsidR="00052427" w:rsidRDefault="00052427" w:rsidP="00D601DF">
           <w:pPr>
-            <w:autoSpaceDE w:val="0"/>
-[...6 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="Reference"/>
+            <w:divId w:val="278338861"/>
           </w:pPr>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>3.</w:t>
           </w:r>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:tab/>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>Anjaningrum</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t xml:space="preserve"> W, </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>Hermawati</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t xml:space="preserve"> A, </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>Yogatama</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t xml:space="preserve"> A, </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>Suci</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t xml:space="preserve"> R, Sidi A. Creative Industry in the Post-Pandemic Digital Era: Meaningful Incubation, Customer Focus, and High Innovation as Strategies to Compete. 2022 Apr </w:t>
           </w:r>
           <w:proofErr w:type="gramStart"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>27;</w:t>
           </w:r>
           <w:proofErr w:type="gramEnd"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0BC22126" w14:textId="77777777" w:rsidR="0030425E" w:rsidRPr="0030425E" w:rsidRDefault="0030425E">
+        <w:p w14:paraId="6C7C99F9" w14:textId="77777777" w:rsidR="00052427" w:rsidRDefault="00052427" w:rsidP="00D601DF">
           <w:pPr>
-            <w:autoSpaceDE w:val="0"/>
-[...6 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="Reference"/>
+            <w:divId w:val="2030597920"/>
           </w:pPr>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>4.</w:t>
           </w:r>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:tab/>
             <w:t xml:space="preserve">Sidi AP, Santoso R. Creative </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="0030425E">
+          <w:r>
+            <w:t>Industriesâ€</w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
-              <w:rFonts w:eastAsia="Times New Roman"/>
-              <w:color w:val="000000"/>
+              <w:vertAlign w:val="superscript"/>
             </w:rPr>
-            <w:t>Industriesâ€TM</w:t>
+            <w:t>TM</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t xml:space="preserve"> Risk Appetite in East Java and Its Impact on Dynamic Capability and Competitive Advantage. Binus Business Review [Internet]. 2024 Jun 14 [cited 2025 Sep 13];15(2):107–17. Available from: https://journal.binus.ac.id/index.php/BBR/article/view/10429</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="317E66C7" w14:textId="77777777" w:rsidR="0030425E" w:rsidRPr="0030425E" w:rsidRDefault="0030425E">
+        <w:p w14:paraId="7FA2950F" w14:textId="77777777" w:rsidR="00A1243C" w:rsidRDefault="00052427" w:rsidP="00D601DF">
           <w:pPr>
-            <w:autoSpaceDE w:val="0"/>
-[...6 lines deleted...]
-            </w:rPr>
+            <w:pStyle w:val="Reference"/>
+            <w:divId w:val="2091612005"/>
           </w:pPr>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>5.</w:t>
           </w:r>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:tab/>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>Anjaningrum</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t xml:space="preserve"> WD, Azizah N, </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>Suryadi</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t xml:space="preserve"> N. Spurring SMEs’ performance through business intelligence, organizational and network learning, customer value anticipation, and innovation - Empirical evidence of the creative economy sector in East Java, Indonesia. </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t>Heliyon</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="0030425E">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:t xml:space="preserve">. 2024 Apr 15;10(7). </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="70DBC658" w14:textId="7AB9F5B3" w:rsidR="00915498" w:rsidRDefault="0030425E" w:rsidP="003008D3">
-[...11 lines deleted...]
-            </w:rPr>
+        <w:p w14:paraId="70DBC658" w14:textId="74E4912E" w:rsidR="00915498" w:rsidRPr="00A1243C" w:rsidRDefault="00A1243C" w:rsidP="004314FF">
+          <w:pPr>
+            <w:divId w:val="2091612005"/>
+          </w:pPr>
+          <w:r>
             <w:t>[Reference]</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="3A5523B7" w14:textId="1005D0CD" w:rsidR="00320E8E" w:rsidRPr="00751578" w:rsidRDefault="00320E8E" w:rsidP="00751578">
+    <w:p w14:paraId="3A5523B7" w14:textId="1005D0CD" w:rsidR="00320E8E" w:rsidRPr="00A1243C" w:rsidRDefault="00320E8E" w:rsidP="00D601DF">
       <w:pPr>
         <w:pStyle w:val="TableCaption"/>
       </w:pPr>
-      <w:r w:rsidRPr="00751578">
+      <w:r w:rsidRPr="00A1243C">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Table \* ARABIC ">
-        <w:r w:rsidR="007465C7" w:rsidRPr="00751578">
+        <w:r w:rsidR="007465C7" w:rsidRPr="00A1243C">
           <w:t>1</w:t>
         </w:r>
       </w:fldSimple>
-      <w:r w:rsidRPr="00751578">
+      <w:r w:rsidRPr="00A1243C">
         <w:t xml:space="preserve"> Data</w:t>
       </w:r>
-      <w:r w:rsidR="00264C61" w:rsidRPr="00751578">
+      <w:r w:rsidR="00264C61" w:rsidRPr="00A1243C">
         <w:t xml:space="preserve"> [Table Caption]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9309" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2268"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3639"/>
+        <w:gridCol w:w="3103"/>
+        <w:gridCol w:w="3103"/>
+        <w:gridCol w:w="3103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320E8E" w:rsidRPr="00320E8E" w14:paraId="68403620" w14:textId="77777777" w:rsidTr="00300240">
+      <w:tr w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w14:paraId="68403620" w14:textId="77777777" w:rsidTr="004314FF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F480629" w14:textId="5ACA9F30" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="003008D3">
+          <w:p w14:paraId="6F480629" w14:textId="5ACA9F30" w:rsidR="00320E8E" w:rsidRPr="00A1243C" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="TableHeader"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00A1243C">
               <w:t>Number</w:t>
             </w:r>
-            <w:r w:rsidR="00300240">
-[...9 lines deleted...]
-              <w:t>[Table Header]</w:t>
+            <w:r w:rsidR="00300240" w:rsidRPr="00A1243C">
+              <w:t xml:space="preserve"> [Table Header]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39213534" w14:textId="7EDF4A47" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="003008D3">
+          <w:p w14:paraId="39213534" w14:textId="7EDF4A47" w:rsidR="00320E8E" w:rsidRPr="00A1243C" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="TableHeader"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00A1243C">
               <w:t>Informant</w:t>
             </w:r>
-            <w:r w:rsidR="00300240">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00300240" w:rsidRPr="00A1243C">
               <w:t xml:space="preserve"> [Table Header]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3639" w:type="dxa"/>
+            <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A02CB5B" w14:textId="4013D437" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="003008D3">
+          <w:p w14:paraId="4A02CB5B" w14:textId="4013D437" w:rsidR="00320E8E" w:rsidRPr="00A1243C" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="TableHeader"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00A1243C">
               <w:t>Information</w:t>
             </w:r>
-            <w:r w:rsidR="00300240">
-[...9 lines deleted...]
-              <w:t>[Table Header]</w:t>
+            <w:r w:rsidR="00300240" w:rsidRPr="00A1243C">
+              <w:t xml:space="preserve"> [Table Header]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320E8E" w:rsidRPr="00320E8E" w14:paraId="163E0F10" w14:textId="77777777" w:rsidTr="00300240">
+      <w:tr w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w14:paraId="163E0F10" w14:textId="77777777" w:rsidTr="004314FF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02696230" w14:textId="5A6A368B" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="003008D3">
+          <w:p w14:paraId="02696230" w14:textId="5A6A368B" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="Tableleft"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="001F5DDD">
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00300240">
-[...21 lines deleted...]
-              <w:t>]</w:t>
+            <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
+              <w:t xml:space="preserve"> [Table Left]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FE888E2" w14:textId="06861C39" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00300240">
+          <w:p w14:paraId="1FE888E2" w14:textId="06861C39" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00320E8E">
+            <w:r w:rsidRPr="001F5DDD">
               <w:t>Mr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00320E8E">
+            <w:r w:rsidRPr="001F5DDD">
               <w:t xml:space="preserve"> Hamid</w:t>
             </w:r>
-            <w:r w:rsidR="00300240">
-[...18 lines deleted...]
-              <w:t>]</w:t>
+            <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
+              <w:t xml:space="preserve"> [Table Paragraph]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3639" w:type="dxa"/>
+            <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36D7F77C" w14:textId="1D18F173" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="003008D3">
+          <w:p w14:paraId="36D7F77C" w14:textId="1D18F173" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="001F5DDD">
               <w:t>Head village</w:t>
             </w:r>
-            <w:r w:rsidR="00300240">
-[...9 lines deleted...]
-              <w:t>[Table Paragraph]</w:t>
+            <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
+              <w:t xml:space="preserve"> [Table Paragraph]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320E8E" w:rsidRPr="00320E8E" w14:paraId="7CE1A7EB" w14:textId="77777777" w:rsidTr="00300240">
+      <w:tr w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w14:paraId="7CE1A7EB" w14:textId="77777777" w:rsidTr="004314FF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65D4A96F" w14:textId="633AB350" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="003008D3">
+          <w:p w14:paraId="65D4A96F" w14:textId="633AB350" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="Tableleft"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="001F5DDD">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00300240">
-[...9 lines deleted...]
-              <w:t>[Table Left]</w:t>
+            <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
+              <w:t xml:space="preserve"> [Table Left]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A74F240" w14:textId="241F1750" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="003008D3">
+          <w:p w14:paraId="2A74F240" w14:textId="241F1750" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="001F5DDD">
               <w:t>Mrs. Siti</w:t>
             </w:r>
-            <w:r w:rsidR="00300240">
-[...9 lines deleted...]
-              <w:t>[Table Paragraph]</w:t>
+            <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
+              <w:t xml:space="preserve"> [Table Paragraph]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3639" w:type="dxa"/>
+            <w:tcW w:w="3103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="637E3C71" w14:textId="56F81162" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="003008D3">
+          <w:p w14:paraId="637E3C71" w14:textId="56F81162" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="001F5DDD">
               <w:t>Secretary village</w:t>
             </w:r>
-            <w:r w:rsidR="00300240">
-[...9 lines deleted...]
-              <w:t>[Table Paragraph]</w:t>
+            <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
+              <w:t xml:space="preserve"> [Table Paragraph]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320E8E" w:rsidRPr="00320E8E" w14:paraId="597F286F" w14:textId="77777777" w:rsidTr="00300240">
+      <w:tr w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w14:paraId="597F286F" w14:textId="77777777" w:rsidTr="004314FF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77F3DFA6" w14:textId="4A5D94CE" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="003008D3">
+          <w:p w14:paraId="77F3DFA6" w14:textId="4A5D94CE" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="Tableleft"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="001F5DDD">
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00300240">
-[...9 lines deleted...]
-              <w:t>[Table Left]</w:t>
+            <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
+              <w:t xml:space="preserve"> [Table Left]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61D7D81E" w14:textId="601DF682" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="003008D3">
+          <w:p w14:paraId="61D7D81E" w14:textId="601DF682" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="001F5DDD">
               <w:t>Mr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="001F5DDD">
               <w:t xml:space="preserve"> Robi</w:t>
             </w:r>
-            <w:r w:rsidR="00300240">
-[...9 lines deleted...]
-              <w:t>[Table Paragraph]</w:t>
+            <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
+              <w:t xml:space="preserve"> [Table Paragraph]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3639" w:type="dxa"/>
+            <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="308AD7A2" w14:textId="3A246223" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="003008D3">
+          <w:p w14:paraId="308AD7A2" w14:textId="3A246223" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="001F5DDD">
               <w:t>Sub-District Head</w:t>
             </w:r>
-            <w:r w:rsidR="00300240">
-[...9 lines deleted...]
-              <w:t>[Table Paragraph]</w:t>
+            <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
+              <w:t xml:space="preserve"> [Table Paragraph]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7E3F0835" w14:textId="75604ED2" w:rsidR="00320E8E" w:rsidRPr="00751578" w:rsidRDefault="00320E8E" w:rsidP="00751578">
+    <w:p w14:paraId="7E3F0835" w14:textId="3DB6CD91" w:rsidR="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="source"/>
       </w:pPr>
-      <w:r w:rsidRPr="00751578">
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">Source: Explained, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004314FF">
+        <w:t>Year</w:t>
+      </w:r>
+      <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> [Source]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C392C5" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>Formula [Heading 2]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E27578" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>Author is suggested to use the equation editor in the typing formula. The formulas should be located on the left where the caption number is at the end of the right margin which is preceded by periods along the formula and description number.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC157A1" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="00D601DF">
+      <w:pPr>
+        <w:pStyle w:val="Formula"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">Y </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>=  α</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> + β1.X1it + β2.X2it + β3.X3it + β4.X4it + β5.X5it + β6.X6it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:tab/>
+        <w:t xml:space="preserve"> 1 [Formula]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4227847C" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>Citation [Heading 2]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011267E9" w14:textId="7AC86B62" w:rsidR="001F5DDD" w:rsidRPr="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">Citation in the Vancouver style is a numbering system commonly used in scientific publications in the medical and health sciences fields. The writing method is quite straightforward. Within the body of the text, each reference is assigned a number sequentially according to its first appearance. This number is typically placed in square brackets at the end of the sentence or clause where the source is cited </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000"/>
+          </w:rPr>
+          <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fOTdhOTkzYzAtZDg1ZS00OGY2LTkxNjAtYTU2OTZmNTQxM2ZiIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKDEpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiZjc3MWFkZWItOGZjNS0zYzNhLTkyMTgtN2U0MDZkZjE1Nzg5IiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiZjc3MWFkZWItOGZjNS0zYzNhLTkyMTgtN2U0MDZkZjE1Nzg5IiwidGl0bGUiOiJUaGUgU3VzdGFpbmFiaWxpdHkgUm9sZSBvZiBXb21lbiBFbnRyZXByZW5ldXJzIHRocm91Z2ggdGhlIERpZ2l0YWwgRmluYW5jaWFsIExpdGVyYWN5IE1vdmVtZW50IiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJEdXJhIiwiZ2l2ZW4iOiJKdXN0aXRhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiV2FyZGFuYSIsImdpdmVuIjoiRGl0eWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJQb3B1bGF0aW9uIGFuZCBFY29ub21pY3MgOCgzKTogMTA4LTEyOSIsImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDEzXV19LCJET0kiOiIxMC4zODk3L1BPUEVDT04uOC5FMTE2OTIzIiwiSVNTTiI6IjI2NTgtMzc5OCIsIlVSTCI6Imh0dHBzOi8vcG9wdWxhdGlvbmFuZGVjb25vbWljcy5wZW5zb2Z0Lm5ldC9hcnRpY2xlLzExNjkyMy8iLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI0LDEwLDMwXV19LCJwYWdlIjoiMTA4LTEyOSIsImFic3RyYWN0IjoiVGhpcyBzdHVkeSBkaXNjdXNzZXMgaG93IGZpbmFuY2lhbCB0ZWNobm9sb2d5IGFuZCBmaW5hbmNpYWwgbGl0ZXJhY3kgcGxheSBhIGNydWNpYWwgcm9sZSBpbiBzdXBwb3J0aW5nIHRoZSBzdXN0YWluYWJpbGl0eSBvZiBzbWFsbCBhbmQgbWVkaXVtIGVudGVycHJpc2VzIChTTUVzKSBpbiBFYXN0IEphdmEuIFRoZSB1dGlsaXphdGlvbiBvZiBmaW5hbmNpYWwgdGVjaG5vbG9neSwgd2hpY2ggaW5jbHVkZXMgdmFyaW91cyBkaWdpdGFsIHNlcnZpY2VzIHN1Y2ggYXMgb25saW5lIHBheW1lbnRzIGFuZCBhY2Nlc3MgdG8gZmluYW5jaW5nLCBhbG9uZyB3aXRoIGZpbmFuY2lhbCBsaXRlcmFjeSwgd2hpY2ggcmVmZXJzIHRvIHRoZSB1bmRlcnN0YW5kaW5nIGFuZCBhYmlsaXR5IHRvIG1hbmFnZSBmaW5hbmNlcyB3aXNlbHksIGhhcyBiZWVuIHByb3ZlbiB0byBiZSBlc3NlbnRpYWwgaW4gbWFpbnRhaW5pbmcgdGhlIGNvbXBldGl0aXZlbmVzcyBhbmQgZ3Jvd3RoIG9mIGJ1c2luZXNzZXMsIGVzcGVjaWFsbHkgYW1vbmcgZmVtYWxlIGVudHJlcHJlbmV1cnMuVGhlIHJlc2VhcmNoIHdhcyBjb25kdWN0ZWQgdXNpbmcgYSBzdXJ2ZXkgaW52b2x2aW5nIDM5MCBmZW1hbGUgZW50cmVwcmVuZXVycyBpbiBFYXN0IEphdmEsIHNlbGVjdGVkIHRocm91Z2ggcHVycG9zaXZlIHNhbXBsaW5nLiBVc2luZyBtdWx0aXBsZSBsaW5lYXIgcmVncmVzc2lvbiBhbmFseXNpcywgdGhlIGZpbmRpbmdzIGluZGljYXRlIHRoYXQgYm90aCBmaW5hbmNpYWwgdGVjaG5vbG9neSBhbmQgZmluYW5jaWFsIGxpdGVyYWN5IHNpZ25pZmljYW50bHkgaW1wYWN0IHRoZSBzdXN0YWluYWJpbGl0eSBvZiB3b21lbuKAmXMgYnVzaW5lc3NlcyBpbiB0aGUgcmVnaW9uLiBIb3dldmVyLCB0aGlzIHN0dWR5IGlzIGxpbWl0ZWQgYnkgaXRzIGZvY3VzIHNvbGVseSBvbiBmZW1hbGUgZW50cmVwcmVuZXVycyBpbiBFYXN0IEphdmEsIHdoaWNoIG1heSByZXN0cmljdCB0aGUgZ2VuZXJhbGl6YWJpbGl0eSBvZiB0aGUgcmVzdWx0cyB0byBvdGhlciBjaXRpZXMuIFRoZXJlZm9yZSwgYSBsYXJnZXIgc2FtcGxlIHNpemUgYWNyb3NzIHZhcmlvdXMgcmVnaW9ucyB3b3VsZCBwcm92aWRlIG1vcmUgY29tcHJlaGVuc2l2ZSBpbnNpZ2h0cy4gVGhpcyBzdHVkeSBzdWdnZXN0cyB0aGF0IHRoZSBFYXN0IEphdmEgZ292ZXJubWVudCBzaG91bGQgcGF5IGNsb3NlciBhdHRlbnRpb24gdG8gdGhpcyBzZWN0b3IsIGdpdmVuIGl0cyBzaWduaWZpY2FudCBjb250cmlidXRpb24gdG8gdGhlIHJlZ2lvbmFsIGFuZCBuYXRpb25hbCBlY29ub215LiIsInB1Ymxpc2hlciI6IkZhY3VsdHkgb2YgRWNvbm9taWNzLCBMb21vbm9zb3YgTW9zY293IFN0YXRlIFVuaXZlcnNpdHkiLCJpc3N1ZSI6IjMiLCJ2b2x1bWUiOiI4IiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
+          <w:id w:val="-1136566960"/>
+          <w:placeholder>
+            <w:docPart w:val="4B688A2036A94775897630377FD5BAED"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00052427" w:rsidRPr="00052427">
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>(1)</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">. If you need to cite multiple sources at once separate the numbers with commas </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000"/>
+          </w:rPr>
+          <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fMDNjYmFmYzEtYTI5NS00M2E5LTk1NGUtNGVmZjZmMmNlZDE3IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKDIsMykiLCJtYW51YWxPdmVycmlkZVRleHQiOiIifSwiY2l0YXRpb25JdGVtcyI6W3siaWQiOiJjNTVjMGEzZS1kNzI5LTMxZDItOTg2ZC1lNjRjMzQzNjk2MWYiLCJpdGVtRGF0YSI6eyJ0eXBlIjoiYXJ0aWNsZS1qb3VybmFsIiwiaWQiOiJjNTVjMGEzZS1kNzI5LTMxZDItOTg2ZC1lNjRjMzQzNjk2MWYiLCJ0aXRsZSI6IlRoZSBJbmZsdWVuY2Ugb2YgRmluYW5jaW5nLCBGaW5hbmNpbmcgUmlzayBhbmQgTGlxdWlkaXR5IFJpc2sgb24gdGhlIFByb2ZpdGFiaWxpdHkgb2YgUHJpdmF0ZSBJc2xhbWljIENvbW1lcmNpYWwgQmFua3MgKEJVUykgaW4gSW5kb25lc2lhIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJOaW5nc2loIiwiZ2l2ZW4iOiJXaXdpayBGaXRyaWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJIYW5kYXlhbmkiLCJnaXZlbiI6Ill1bmlvcml0YSBJbmRhaCIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6Ikp1cm5hbCBJbG1pYWggQmlzbmlzIGRhbiBFa29ub21pIEFzaWEiLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsOSwxM11dfSwiRE9JIjoiMTAuMzI4MTUvSklCRUtBLlYxOUkyLjIzNjgiLCJJU1NOIjoiMjYyMC04NzVYIiwiVVJMIjoiaHR0cHM6Ly9qaWJla2EuYXNpYS5hYy5pZC9pbmRleC5waHAvamliZWthL2FydGljbGUvdmlldy8yMzY4IiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw3LDE0XV19LCJwYWdlIjoiMTQyLTE1MyIsImFic3RyYWN0IjoiVGhpcyByZXNlYXJjaCBhaW1zIHRvIGRldGVybWluZSB0aGUgZWZmZWN0IG9mIG11ZGhhcmFiYWgsIG11c3lhcmFrYWgsIG11cmFiYWhhaCBmaW5hbmNpbmcsIGZpbmFuY2luZyByaXNrIGFuZCBsaXF1aWRpdHkgcmlzayBvbiBwcm9maXRhYmlsaXR5IGluIFByaXZhdGUgU2hhcmlhIENvbW1lcmNpYWwgQmFua3MgaW4gMjAxOS0yMDIzLiBUaGUgc3R1ZHkgdXNlZCBpcyBxdWFudGl0YXRpdmUgZXhwbGFuYXRvcnkgbWV0aG9kLiBUaGUgZGF0YSB1c2VkIGFyZSBkZXJpdmVkIGZyb20gYW5udWFsIGZpbmFuY2lhbCByZXBvcnRzIG9mIFByaXZhdGUgU2hhcmlhIENvbW1lcmNpYWwgQmFua3MuIFRoZSBwb3B1bGF0aW9uIGluIHRoaXMgcmVzZWFyY2ggaXMgUHJpdmF0ZSBTaGFyaWEgQ29tbWVyY2lhbCBCYW5rcyBsaXN0ZWQgb24gdGhlIEZpbmFuY2lhbCBTZXJ2aWNlcyBBdXRob3JpdHkgKE9KSykuIFRoZSBzYW1wbGluZyB0ZWNobmlxdWUgdXNlZCBpcyB0aGUgcHVycG9zaXZlIHNhbXBsaW5nIGFuZCBvYnRhaW5lZCA1IGJhbmtzLiBUaGUgZGF0YSBhbmFseXNpcyB1c2VkIGFyZSBjbGFzc2ljYWwgYXNzdW1wdGlvbiB0ZXN0aW5nLCBtdWx0aXBsZSBsaW5lYXIgcmVncmVzc2lvbiwgY29lZmZpY2llbnQgb2YgZGV0ZXJtaW5hdGlvbiAoUsKsMikgYW5kIGh5cG90aGVzaXMgdGVzdGluZy4gVGhlIHJlc3VsdHMgc2hvdyB0aGF0IG11ZGhhcmFiYWggZmluYW5jaW5nLCZuYnNwOyBtdXJhYmFoYWggZmluYW5jaW5nLCBmaW5hbmNpbmcgcmlzaywgYW5kIGxpcXVpZGl0eSByaXNrIHBhcnRpYWxseSBoYXZlIG5vIGVmZmVjdCBvbiBwcm9maXRhYmlsaXR5IHdoaWxlIHBhcnRpYWxseSBtdXN5YXJha2FoIGZpbmFuY2luZyBoYXMgYSBzaWduaWZpY2FudCBlZmZlY3Qgb24gcHJvZml0YWJpbGl0eS4gVGhpcyByZXN1bHQgaW5kaWNhdGUgdGhhdCBiYW5rIG5lZWQgdG8gZGV2ZWxvcCBtdXN5YXJha2FoIGZpbmFuY2luZywgaW5jcmVhc2Ugb3BlcmF0aW9uYWwgZWZmaWNpZW5jeSBhbmQgZGV2ZWxvcGUgZWZmZWN0aXZlIHJpc2sgbWFuYWdlbWVuIHN5c3RlbS4gTWVhbndoaWxlIHNoYXJpYSBiYW5rcyBuZWVkIHRvIGltcHJvdmUgbWFuYWdlbWVudCBjYXBhYmlsaXRpZXMgaW5pIG1hbmFnaW5nIG11ZGhhcmFiYWggYW5kIG11cmFiYWhhaCBmaW5hbmNpbmcgYW5kIGRldmVsb3AgbmV3IHByb2R1Y3QgdGhhdCBhcmUgbW9yZSBwcm9maXRhYmxlLiZuYnNwOyBTaGFyaWEgYmFua3MgaGF2ZSB0byBtYWludGFpbiBmaW5hbmNpbmcgcmlzayAoTlBGKSBzbyB0aGF0IGl0IGRvIG5vdCBjYXVzZSBwb3RlbnRpYWwgbG9zc2VzIGluIHRoZSBmdXR1cmUsIFNoYXJpYSBiYW5rcyBhbHNvIG5lZWQgdG8gaW1wcm92ZSBtYW5hZ2VtZW4gY2FwYWJpbGl0aWVzIGluIG1hbmFnaW5nIGxpcXVpZHkgcmlzayIsInB1Ymxpc2hlciI6Ikluc3RpdHV0IFRla25vbG9naSBkYW4gQmlzbmlzIEFzaWEgTWFsYW5nIiwiaXNzdWUiOiIyIiwidm9sdW1lIjoiMTkiLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfSx7ImlkIjoiMDI0MTZmMDYtZDgwZC0zNDEzLThmZWItYTAxZWZkZjdmMmJlIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiMDI0MTZmMDYtZDgwZC0zNDEzLThmZWItYTAxZWZkZjdmMmJlIiwidGl0bGUiOiJDcmVhdGl2ZSBJbmR1c3RyeSBpbiB0aGUgUG9zdC1QYW5kZW1pYyBEaWdpdGFsIEVyYTogTWVhbmluZ2Z1bCBJbmN1YmF0aW9uLCBDdXN0b21lciBGb2N1cywgYW5kIEhpZ2ggSW5ub3ZhdGlvbiBhcyBTdHJhdGVnaWVzIHRvIENvbXBldGUiLCJhdXRob3IiOlt7ImZhbWlseSI6IkFuamFuaW5ncnVtIiwiZ2l2ZW4iOiJXaWRpeWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJIZXJtYXdhdGkiLCJnaXZlbiI6IkFkeWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJZb2dhdGFtYSIsImdpdmVuIjoiQWhtYWQiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJTdWNpIiwiZ2l2ZW4iOiJSYWhheXUiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJTaWRpIiwiZ2l2ZW4iOiJBZ3VzIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiYWNjZXNzZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI1LDksMTNdXX0sIkRPSSI6IjEwLjQxMDgvRUFJLjctMTAtMjAyMS4yMzE2Nzg0IiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyMiw0LDI3XV19LCJhYnN0cmFjdCI6IuKApiBUaGUgcHVycG9zZSBvZiB0aGlzIHN0dWR5IHdhcyB0byBkZXRlcm1pbmUgdGhlIGVmZmVjdCBvZiB0aGUgUGVudGEtaGVsaXggYnVzaW5lc3MgaW5jdWJhdG9yLCBtYXJrZXQgb3JpZW50YXRpb24sIGFuZCBlbnRyZXByZW5ldXJpYWwgb3JpZW50YXRpb24gb24gZHluYW1pYyBjYXBhYmlsaXR5IGFuZCBjb21wZXRpdGl2ZSDigKYiLCJwdWJsaXNoZXIiOiJFdXJvcGVhbiBBbGxpYW5jZSBmb3IgSW5ub3ZhdGlvbiBuLm8uIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
+          <w:id w:val="2083482202"/>
+          <w:placeholder>
+            <w:docPart w:val="4B688A2036A94775897630377FD5BAED"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00052427" w:rsidRPr="00052427">
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>(2,3)</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>, such as, or if they are in a sequence, use a hyphen, for example</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000"/>
+          </w:rPr>
+          <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNzIwY2I4NmQtYzZiYS00ZjVmLTkzNDktNjBhOTEzYzQ3MzAzIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKDHigJM1KSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IiJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6ImY3NzFhZGViLThmYzUtM2MzYS05MjE4LTdlNDA2ZGYxNTc4OSIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6ImY3NzFhZGViLThmYzUtM2MzYS05MjE4LTdlNDA2ZGYxNTc4OSIsInRpdGxlIjoiVGhlIFN1c3RhaW5hYmlsaXR5IFJvbGUgb2YgV29tZW4gRW50cmVwcmVuZXVycyB0aHJvdWdoIHRoZSBEaWdpdGFsIEZpbmFuY2lhbCBMaXRlcmFjeSBNb3ZlbWVudCIsImF1dGhvciI6W3siZmFtaWx5IjoiRHVyYSIsImdpdmVuIjoiSnVzdGl0YSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IldhcmRhbmEiLCJnaXZlbiI6IkRpdHlhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiUG9wdWxhdGlvbiBhbmQgRWNvbm9taWNzIDgoMyk6IDEwOC0xMjkiLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsOSwxM11dfSwiRE9JIjoiMTAuMzg5Ny9QT1BFQ09OLjguRTExNjkyMyIsIklTU04iOiIyNjU4LTM3OTgiLCJVUkwiOiJodHRwczovL3BvcHVsYXRpb25hbmRlY29ub21pY3MucGVuc29mdC5uZXQvYXJ0aWNsZS8xMTY5MjMvIiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyNCwxMCwzMF1dfSwicGFnZSI6IjEwOC0xMjkiLCJhYnN0cmFjdCI6IlRoaXMgc3R1ZHkgZGlzY3Vzc2VzIGhvdyBmaW5hbmNpYWwgdGVjaG5vbG9neSBhbmQgZmluYW5jaWFsIGxpdGVyYWN5IHBsYXkgYSBjcnVjaWFsIHJvbGUgaW4gc3VwcG9ydGluZyB0aGUgc3VzdGFpbmFiaWxpdHkgb2Ygc21hbGwgYW5kIG1lZGl1bSBlbnRlcnByaXNlcyAoU01FcykgaW4gRWFzdCBKYXZhLiBUaGUgdXRpbGl6YXRpb24gb2YgZmluYW5jaWFsIHRlY2hub2xvZ3ksIHdoaWNoIGluY2x1ZGVzIHZhcmlvdXMgZGlnaXRhbCBzZXJ2aWNlcyBzdWNoIGFzIG9ubGluZSBwYXltZW50cyBhbmQgYWNjZXNzIHRvIGZpbmFuY2luZywgYWxvbmcgd2l0aCBmaW5hbmNpYWwgbGl0ZXJhY3ksIHdoaWNoIHJlZmVycyB0byB0aGUgdW5kZXJzdGFuZGluZyBhbmQgYWJpbGl0eSB0byBtYW5hZ2UgZmluYW5jZXMgd2lzZWx5LCBoYXMgYmVlbiBwcm92ZW4gdG8gYmUgZXNzZW50aWFsIGluIG1haW50YWluaW5nIHRoZSBjb21wZXRpdGl2ZW5lc3MgYW5kIGdyb3d0aCBvZiBidXNpbmVzc2VzLCBlc3BlY2lhbGx5IGFtb25nIGZlbWFsZSBlbnRyZXByZW5ldXJzLlRoZSByZXNlYXJjaCB3YXMgY29uZHVjdGVkIHVzaW5nIGEgc3VydmV5IGludm9sdmluZyAzOTAgZmVtYWxlIGVudHJlcHJlbmV1cnMgaW4gRWFzdCBKYXZhLCBzZWxlY3RlZCB0aHJvdWdoIHB1cnBvc2l2ZSBzYW1wbGluZy4gVXNpbmcgbXVsdGlwbGUgbGluZWFyIHJlZ3Jlc3Npb24gYW5hbHlzaXMsIHRoZSBmaW5kaW5ncyBpbmRpY2F0ZSB0aGF0IGJvdGggZmluYW5jaWFsIHRlY2hub2xvZ3kgYW5kIGZpbmFuY2lhbCBsaXRlcmFjeSBzaWduaWZpY2FudGx5IGltcGFjdCB0aGUgc3VzdGFpbmFiaWxpdHkgb2Ygd29tZW7igJlzIGJ1c2luZXNzZXMgaW4gdGhlIHJlZ2lvbi4gSG93ZXZlciwgdGhpcyBzdHVkeSBpcyBsaW1pdGVkIGJ5IGl0cyBmb2N1cyBzb2xlbHkgb24gZmVtYWxlIGVudHJlcHJlbmV1cnMgaW4gRWFzdCBKYXZhLCB3aGljaCBtYXkgcmVzdHJpY3QgdGhlIGdlbmVyYWxpemFiaWxpdHkgb2YgdGhlIHJlc3VsdHMgdG8gb3RoZXIgY2l0aWVzLiBUaGVyZWZvcmUsIGEgbGFyZ2VyIHNhbXBsZSBzaXplIGFjcm9zcyB2YXJpb3VzIHJlZ2lvbnMgd291bGQgcHJvdmlkZSBtb3JlIGNvbXByZWhlbnNpdmUgaW5zaWdodHMuIFRoaXMgc3R1ZHkgc3VnZ2VzdHMgdGhhdCB0aGUgRWFzdCBKYXZhIGdvdmVybm1lbnQgc2hvdWxkIHBheSBjbG9zZXIgYXR0ZW50aW9uIHRvIHRoaXMgc2VjdG9yLCBnaXZlbiBpdHMgc2lnbmlmaWNhbnQgY29udHJpYnV0aW9uIHRvIHRoZSByZWdpb25hbCBhbmQgbmF0aW9uYWwgZWNvbm9teS4iLCJwdWJsaXNoZXIiOiJGYWN1bHR5IG9mIEVjb25vbWljcywgTG9tb25vc292IE1vc2NvdyBTdGF0ZSBVbml2ZXJzaXR5IiwiaXNzdWUiOiIzIiwidm9sdW1lIjoiOCIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9LHsiaWQiOiJjNTVjMGEzZS1kNzI5LTMxZDItOTg2ZC1lNjRjMzQzNjk2MWYiLCJpdGVtRGF0YSI6eyJ0eXBlIjoiYXJ0aWNsZS1qb3VybmFsIiwiaWQiOiJjNTVjMGEzZS1kNzI5LTMxZDItOTg2ZC1lNjRjMzQzNjk2MWYiLCJ0aXRsZSI6IlRoZSBJbmZsdWVuY2Ugb2YgRmluYW5jaW5nLCBGaW5hbmNpbmcgUmlzayBhbmQgTGlxdWlkaXR5IFJpc2sgb24gdGhlIFByb2ZpdGFiaWxpdHkgb2YgUHJpdmF0ZSBJc2xhbWljIENvbW1lcmNpYWwgQmFua3MgKEJVUykgaW4gSW5kb25lc2lhIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJOaW5nc2loIiwiZ2l2ZW4iOiJXaXdpayBGaXRyaWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJIYW5kYXlhbmkiLCJnaXZlbiI6Ill1bmlvcml0YSBJbmRhaCIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6Ikp1cm5hbCBJbG1pYWggQmlzbmlzIGRhbiBFa29ub21pIEFzaWEiLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsOSwxM11dfSwiRE9JIjoiMTAuMzI4MTUvSklCRUtBLlYxOUkyLjIzNjgiLCJJU1NOIjoiMjYyMC04NzVYIiwiVVJMIjoiaHR0cHM6Ly9qaWJla2EuYXNpYS5hYy5pZC9pbmRleC5waHAvamliZWthL2FydGljbGUvdmlldy8yMzY4IiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw3LDE0XV19LCJwYWdlIjoiMTQyLTE1MyIsImFic3RyYWN0IjoiVGhpcyByZXNlYXJjaCBhaW1zIHRvIGRldGVybWluZSB0aGUgZWZmZWN0IG9mIG11ZGhhcmFiYWgsIG11c3lhcmFrYWgsIG11cmFiYWhhaCBmaW5hbmNpbmcsIGZpbmFuY2luZyByaXNrIGFuZCBsaXF1aWRpdHkgcmlzayBvbiBwcm9maXRhYmlsaXR5IGluIFByaXZhdGUgU2hhcmlhIENvbW1lcmNpYWwgQmFua3MgaW4gMjAxOS0yMDIzLiBUaGUgc3R1ZHkgdXNlZCBpcyBxdWFudGl0YXRpdmUgZXhwbGFuYXRvcnkgbWV0aG9kLiBUaGUgZGF0YSB1c2VkIGFyZSBkZXJpdmVkIGZyb20gYW5udWFsIGZpbmFuY2lhbCByZXBvcnRzIG9mIFByaXZhdGUgU2hhcmlhIENvbW1lcmNpYWwgQmFua3MuIFRoZSBwb3B1bGF0aW9uIGluIHRoaXMgcmVzZWFyY2ggaXMgUHJpdmF0ZSBTaGFyaWEgQ29tbWVyY2lhbCBCYW5rcyBsaXN0ZWQgb24gdGhlIEZpbmFuY2lhbCBTZXJ2aWNlcyBBdXRob3JpdHkgKE9KSykuIFRoZSBzYW1wbGluZyB0ZWNobmlxdWUgdXNlZCBpcyB0aGUgcHVycG9zaXZlIHNhbXBsaW5nIGFuZCBvYnRhaW5lZCA1IGJhbmtzLiBUaGUgZGF0YSBhbmFseXNpcyB1c2VkIGFyZSBjbGFzc2ljYWwgYXNzdW1wdGlvbiB0ZXN0aW5nLCBtdWx0aXBsZSBsaW5lYXIgcmVncmVzc2lvbiwgY29lZmZpY2llbnQgb2YgZGV0ZXJtaW5hdGlvbiAoUsKsMikgYW5kIGh5cG90aGVzaXMgdGVzdGluZy4gVGhlIHJlc3VsdHMgc2hvdyB0aGF0IG11ZGhhcmFiYWggZmluYW5jaW5nLCZuYnNwOyBtdXJhYmFoYWggZmluYW5jaW5nLCBmaW5hbmNpbmcgcmlzaywgYW5kIGxpcXVpZGl0eSByaXNrIHBhcnRpYWxseSBoYXZlIG5vIGVmZmVjdCBvbiBwcm9maXRhYmlsaXR5IHdoaWxlIHBhcnRpYWxseSBtdXN5YXJha2FoIGZpbmFuY2luZyBoYXMgYSBzaWduaWZpY2FudCBlZmZlY3Qgb24gcHJvZml0YWJpbGl0eS4gVGhpcyByZXN1bHQgaW5kaWNhdGUgdGhhdCBiYW5rIG5lZWQgdG8gZGV2ZWxvcCBtdXN5YXJha2FoIGZpbmFuY2luZywgaW5jcmVhc2Ugb3BlcmF0aW9uYWwgZWZmaWNpZW5jeSBhbmQgZGV2ZWxvcGUgZWZmZWN0aXZlIHJpc2sgbWFuYWdlbWVuIHN5c3RlbS4gTWVhbndoaWxlIHNoYXJpYSBiYW5rcyBuZWVkIHRvIGltcHJvdmUgbWFuYWdlbWVudCBjYXBhYmlsaXRpZXMgaW5pIG1hbmFnaW5nIG11ZGhhcmFiYWggYW5kIG11cmFiYWhhaCBmaW5hbmNpbmcgYW5kIGRldmVsb3AgbmV3IHByb2R1Y3QgdGhhdCBhcmUgbW9yZSBwcm9maXRhYmxlLiZuYnNwOyBTaGFyaWEgYmFua3MgaGF2ZSB0byBtYWludGFpbiBmaW5hbmNpbmcgcmlzayAoTlBGKSBzbyB0aGF0IGl0IGRvIG5vdCBjYXVzZSBwb3RlbnRpYWwgbG9zc2VzIGluIHRoZSBmdXR1cmUsIFNoYXJpYSBiYW5rcyBhbHNvIG5lZWQgdG8gaW1wcm92ZSBtYW5hZ2VtZW4gY2FwYWJpbGl0aWVzIGluIG1hbmFnaW5nIGxpcXVpZHkgcmlzayIsInB1Ymxpc2hlciI6Ikluc3RpdHV0IFRla25vbG9naSBkYW4gQmlzbmlzIEFzaWEgTWFsYW5nIiwiaXNzdWUiOiIyIiwidm9sdW1lIjoiMTkiLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfSx7ImlkIjoiMDI0MTZmMDYtZDgwZC0zNDEzLThmZWItYTAxZWZkZjdmMmJlIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiMDI0MTZmMDYtZDgwZC0zNDEzLThmZWItYTAxZWZkZjdmMmJlIiwidGl0bGUiOiJDcmVhdGl2ZSBJbmR1c3RyeSBpbiB0aGUgUG9zdC1QYW5kZW1pYyBEaWdpdGFsIEVyYTogTWVhbmluZ2Z1bCBJbmN1YmF0aW9uLCBDdXN0b21lciBGb2N1cywgYW5kIEhpZ2ggSW5ub3ZhdGlvbiBhcyBTdHJhdGVnaWVzIHRvIENvbXBldGUiLCJhdXRob3IiOlt7ImZhbWlseSI6IkFuamFuaW5ncnVtIiwiZ2l2ZW4iOiJXaWRpeWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJIZXJtYXdhdGkiLCJnaXZlbiI6IkFkeWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJZb2dhdGFtYSIsImdpdmVuIjoiQWhtYWQiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJTdWNpIiwiZ2l2ZW4iOiJSYWhheXUiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJTaWRpIiwiZ2l2ZW4iOiJBZ3VzIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiYWNjZXNzZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI1LDksMTNdXX0sIkRPSSI6IjEwLjQxMDgvRUFJLjctMTAtMjAyMS4yMzE2Nzg0IiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyMiw0LDI3XV19LCJhYnN0cmFjdCI6IuKApiBUaGUgcHVycG9zZSBvZiB0aGlzIHN0dWR5IHdhcyB0byBkZXRlcm1pbmUgdGhlIGVmZmVjdCBvZiB0aGUgUGVudGEtaGVsaXggYnVzaW5lc3MgaW5jdWJhdG9yLCBtYXJrZXQgb3JpZW50YXRpb24sIGFuZCBlbnRyZXByZW5ldXJpYWwgb3JpZW50YXRpb24gb24gZHluYW1pYyBjYXBhYmlsaXR5IGFuZCBjb21wZXRpdGl2ZSDigKYiLCJwdWJsaXNoZXIiOiJFdXJvcGVhbiBBbGxpYW5jZSBmb3IgSW5ub3ZhdGlvbiBuLm8uIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX0seyJpZCI6IjBiY2E3ODMzLTY5ZWMtMzBmNy1hYzFhLWM3ZGE3ZGM1MzMyNiIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6IjBiY2E3ODMzLTY5ZWMtMzBmNy1hYzFhLWM3ZGE3ZGM1MzMyNiIsInRpdGxlIjoiQ3JlYXRpdmUgSW5kdXN0cmllc8Oi4oKs4oSiIFJpc2sgQXBwZXRpdGUgaW4gRWFzdCBKYXZhIGFuZCBJdHMgSW1wYWN0IG9uIER5bmFtaWMgQ2FwYWJpbGl0eSBhbmQgQ29tcGV0aXRpdmUgQWR2YW50YWdlIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJTaWRpIiwiZ2l2ZW4iOiJBZ3VzIFB1cm5vbW8iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJTYW50b3NvIiwiZ2l2ZW4iOiJSaXNhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiQmludXMgQnVzaW5lc3MgUmV2aWV3IiwiYWNjZXNzZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI1LDksMTNdXX0sIkRPSSI6IjEwLjIxNTEyL0JCUi5WMTVJMi4xMDQyOSIsIklTU04iOiIyNDc2LTkwNTMiLCJVUkwiOiJodHRwczovL2pvdXJuYWwuYmludXMuYWMuaWQvaW5kZXgucGhwL0JCUi9hcnRpY2xlL3ZpZXcvMTA0MjkiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI0LDYsMTRdXX0sInBhZ2UiOiIxMDctMTE3IiwiYWJzdHJhY3QiOiJTdHVkaWVzIHJlbGF0ZWQgdG8gcmlzayBhcHBldGl0ZSwgd2hpY2ggcGxheXMgYW4gaW1wb3J0YW50IHJvbGUgaW4gcmlzayBtYW5hZ2VtZW50IGluIHRoZSBjcmVhdGl2ZSBlY29ub215IHNlY3Rvciwgc3RpbGwgbmVlZCB0byBiZSBtYWRlIGF2YWlsYWJsZSwgc28gcmVsYXRpbmcgaXQgd2l0aCBkeW5hbWljIGNhcGFiaWxpdGllcyBhbmQgY29tcGV0aXRpdmUgYWR2YW50YWdlIGlzIHRoZSBtYWluIG5vdmVsdHkgb2YgdGhlIHJlc2VhcmNoLiBUaGUgcmVzZWFyY2ggYWltZWQgdG8gdW5kZXJzdGFuZCB0aGUgcmlzayBhcHBldGl0ZSBvZiB0aGUgY3JlYXRpdmUgU21hbGwgYW5kIE1lZGl1bS1TaXplZCBFbnRlcnByaXNlcyAoU01FcykgaW4gRWFzdCBKYXZhLCBJbmRvbmVzaWEsIGFuZCBhbmFseXplIHRoZSBpbXBhY3Qgb2YgdGhlIHJpc2sgYXBwZXRpdGUgb24gdGhlaXIgZHluYW1pYyBjYXBhYmlsaXRpZXMgYW5kIGNvbXBldGl0aXZlIGFkdmFudGFnZXMuIFByaW1hcnkgZGF0YSB3YXMgb2J0YWluZWQgdGhyb3VnaCBhIHF1YW50aXRhdGl2ZSByZXNlYXJjaCBtZXRob2Qgd2l0aCBhIExpa2VydC1zaXplZCBvbmxpbmUgcXVlc3Rpb25uYWlyZSBpbnN0cnVtZW50IGFuZCBkaXN0cmlidXRlZCB0byAzMDAgY3JlYXRpdmUgaW5kdXN0cmllcyBpbiBFYXN0IEphdmEsIHdpdGggdGhlIHVuaXQgb2YgYW5hbHlzaXMgYmVpbmcgdGhlIGNyZWF0aXZlIGJ1c2luZXNzIG93bmVyLiBUaGUgZGF0YSB3ZXJlIGFuYWx5emVkIHVzaW5nIFBhcnRpYWwgTGVhc3QgU3F1YXJlIC0gU3RydWN0dXJhbCBFcXVhdGlvbiBNb2RlbGxpbmcgKFBMUy1TRU0pIHdlaWdodCBhbmFseXNpcyB3aXRoIFNtYXJ0UExTIHZlcnNpb24gNCBzb2Z0d2FyZS4gQWZ0ZXIgcGFzc2luZyB0aGUgZXh0ZXJuYWwgdGVzdCBhbmQgaW5uZXIgbW9kZWwsIGh5cG90aGVzaXMgdGVzdGluZyB3YXMgY2FycmllZCBvdXQgYnkgcmV2aWV3aW5nIHRoZSB0LXN0YXRpc3RpY3MgYW5kIHAtdmFsdWVzLiBUaGUgYW5hbHlzaXMgcmVzdWx0cyBwcm92aWRlIGEgc3VycHJpc2UsIHNob3dpbmcgdGhhdCBub3QgYWxsIHR5cGVzIG9mIHJpc2sgYXBwZXRpdGUgc2lnbmlmaWNhbnRseSBpbXBhY3QgZHluYW1pYyBjYXBhYmlsaXRpZXMgYW5kIGNvbXBldGl0aXZlIGFkdmFudGFnZS4gQXZvaWRpbmcgdGhlIGRpc2NvdmVyeSBvZiBkZXRyaW1lbnRhbCByaXNrcyB0byBkeW5hbWljIGNhcGFiaWxpdGllcyBhbmQgY29tcGV0aXRpdmUgYWR2YW50YWdlIGVtcGhhc2l6ZXMgdGhhdCBpbiB0aGlzIGVyYSwgZXZlcnkgY3JlYXRpdmUgU01FIG11c3QgZmFjZSByaXNrcy4gQXZvaWRpbmcgcmlza3MgbWFrZXMgdGhlIGJ1c2luZXNzIHVuYWJsZSB0byBmYWNlIGR5bmFtaWMgY2hhbmdlcyBpbiBjb25kaXRpb25zIGFuZCB3aWxsIG5vdCBoYXZlIGEgY29tcGV0aXRpdmUgYWR2YW50YWdlLiBIb3dldmVyLCByaXNrIGFuZCByZXZlbnVlIHNoYXJpbmcgZG8gbm90IHNpZ25pZmljYW50bHkgaW1wYWN0IGNvbXBldGl0aXZlIGFkdmFudGFnZS4gSXQgaGFzIGEgc3Ryb25nIGltcGFjdCB0aHJvdWdoIGR5bmFtaWMgY2FwYWJpbGl0aWVzLiBDcmVhdGl2ZSBTTUVzIGNhbiBjaG9vc2UgdG8gdHJhbnNmZXIgcmlza3Mgb3IgcmVkdWNlIHRoZW0uIEZ1dHVyZSByZXNlYXJjaCBjYW4gZXhhbWluZSBkaWZmZXJlbnQgcmlzayBhcHBldGl0ZXMgZm9yIGNyZWF0aXZlIGVjb25vbXkgaW4gZWFjaCBzdWJzZWN0b3IuIiwicHVibGlzaGVyIjoiVW5pdmVyc2l0YXMgQmluYSBOdXNhbnRhcmEiLCJpc3N1ZSI6IjIiLCJ2b2x1bWUiOiIxNSIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9LHsiaWQiOiI5YTU4ZmM1Zi01ZjVlLTNiMzktOWE0MS0yY2JmNWRjNzc1MDIiLCJpdGVtRGF0YSI6eyJ0eXBlIjoiYXJ0aWNsZS1qb3VybmFsIiwiaWQiOiI5YTU4ZmM1Zi01ZjVlLTNiMzktOWE0MS0yY2JmNWRjNzc1MDIiLCJ0aXRsZSI6IlNwdXJyaW5nIFNNRXPigJkgcGVyZm9ybWFuY2UgdGhyb3VnaCBidXNpbmVzcyBpbnRlbGxpZ2VuY2UsIG9yZ2FuaXphdGlvbmFsIGFuZCBuZXR3b3JrIGxlYXJuaW5nLCBjdXN0b21lciB2YWx1ZSBhbnRpY2lwYXRpb24sIGFuZCBpbm5vdmF0aW9uIC0gRW1waXJpY2FsIGV2aWRlbmNlIG9mIHRoZSBjcmVhdGl2ZSBlY29ub215IHNlY3RvciBpbiBFYXN0IEphdmEsIEluZG9uZXNpYSIsImF1dGhvciI6W3siZmFtaWx5IjoiQW5qYW5pbmdydW0iLCJnaXZlbiI6IldpZGl5YSBEZXdpIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiQXppemFoIiwiZ2l2ZW4iOiJOdXIiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJTdXJ5YWRpIiwiZ2l2ZW4iOiJOYW5hbmciLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJIZWxpeW9uIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiSGVsaXlvbiIsImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDEzXV19LCJET0kiOiIxMC4xMDE2L0ouSEVMSVlPTi4yMDI0LkUyNzk5OCIsIklTU04iOiIyNDA1ODQ0MCIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjQsNCwxNV1dfSwiYWJzdHJhY3QiOiJTZXZlcmFsIHN0dWRpZXMgaGF2ZSBleHBsb3JlZCBmaXJtIHBlcmZvcm1hbmNlIGluIHRoZSBwb3N0LUNvdmlkLTE5IHBhbmRlbWljIGVyYS4gSG93ZXZlciwgdGhlcmUgaXMgbm90IG11Y2ggcmVzZWFyY2ggdG8gZmluZCByZXBvcnRzIGRpdnVsZ2luZyB0aGUgY29tcGxleCByZWxhdGlvbnNoaXAgZHluYW1pY3MgYmV0d2VlbiBidXNpbmVzcyBpbnRlbGxpZ2VuY2UsIG9yZ2FuaXphdGlvbmFsIGFuZCBuZXR3b3JrIGxlYXJuaW5nLCBjdXN0b21lciB2YWx1ZSBhbnRpY2lwYXRpb24sIGFuZCBjcmVhdGl2ZSBlY29ub215LWJhc2VkIHNtYWxsLW1lZGl1bSBlbnRlcnByaXNlcyAoU01FcykgcGVyZm9ybWFuY2UgaW4gZGV2ZWxvcGluZyBjb3VudHJpZXMuIFRoaXMgc3R1ZHkgYWltcyB0byB1bmNvdmVyIHRoZSBjb21wbGV4aXR5IG9mIHRob3NlIHJlbGF0aW9uc2hpcHMuIFRoZSBxdWFudGl0YXRpdmUgZGF0YSB3ZXJlIGNvbGxlY3RlZCBmcm9tIDMxMyBjcmVhdGl2ZSBlY29ub215LWJhc2VkIFNNRXMgaW4gRWFzdCBKYXZhLCBJbmRvbmVzaWEuIFVzaW5nIFBMUy1TRU0sIHRoaXMgc3R1ZHkgZGlzY2xvc2VkIHRoYXQgYnVzaW5lc3MgaW50ZWxsaWdlbmNlIHByYWN0aWNlcyBjb3VsZCBub3QgZGlyZWN0bHkgaW1wYWN0IFNNRXMnIHBlcmZvcm1hbmNlLiBCdXNpbmVzcyBpbnRlbGxpZ2VuY2Ugd2lsbCBiZSBjcnVjaWFsIHRvIFNNRXMnIHBlcmZvcm1hbmNlIHdpdGggdGhlIHN1cHBvcnQgb2Ygb3JnYW5pemF0aW9uYWwgbGVhcm5pbmcgYXMgYSBtZWRpYXRvci4gVGhlIGZpbmRpbmcgYWxzbyBjb25maXJtZWQgdGhlIHByZXNlbmNlIG9mIHNlcmlhbCBtZWRpYXRpb24gb2Ygb3JnYW5pemF0aW9uYWwgbGVhcm5pbmcgYW5kIGlubm92YXRpb24gaW4gdGhlIHJlbGF0aW9uc2hpcCBiZXR3ZWVuIGJ1c2luZXNzIGludGVsbGlnZW5jZSBhbmQgU01FcycgcGVyZm9ybWFuY2UuIEhvd2V2ZXIsIHRoZSByb2xlIG9mIG5ldHdvcmsgbGVhcm5pbmcgYW5kIGlubm92YXRpb24gaXMgYWxzbyBpbXBvcnRhbnQsIGNvbnNpZGVyaW5nIHRoZWlyIHJlbGF0aXZlbHkgbGFyZ2UgZGlyZWN0IGltcGFjdCBvbiBTTUVz4oCZIHBlcmZvcm1hbmNlLiBUaGUgdGhlb3JldGljYWwgaW1wbGljYXRpb25zIG9mIHRoaXMgcmVzZWFyY2ggYnJva2UgdGhlIGJvdW5kYXJpZXMgb2Ygc3RyYXRlZ2ljIG1hbmFnZW1lbnQgdGhlb3J5IGluIHJlc291cmNlLWJhc2VkIHZpZXcgYW5kIGtub3dsZWRnZS1iYXNlZCB2aWV3IGluIHRoZSBsYXRlc3QgZXJhLCB3aGVyZSBjcmVhdGl2ZSBlY29ub215LWJhc2VkIFNNRXMgaGF2ZSBiZWVuIGFibGUgdG8gbW9iaWxpemUgcmVzb3VyY2VzIHRvIGNhcnJ5IG91dCBidXNpbmVzcyBpbnRlbGxpZ2VuY2UgdG8gcmVhbGl6ZSBpbm5vdmF0aW9uIGFuZCBoaWdoIHBlcmZvcm1hbmNlLiBGdXJ0aGVyIHJlc2VhcmNoIGlzIHN1Z2dlc3RlZCB0byBleHBsb3JlIHRoZSByb2xlIG9mIGJ1c2luZXNzIGludGVsbGlnZW5jZSBpbiBwcm9tb3Rpbmcgc3BlY2lmaWMgcGVyZm9ybWFuY2UgYXJlYXMsIHN1Y2ggYXMgbWFya2V0aW5nIHBlcmZvcm1hbmNlLCBmaW5hbmNpYWwgcGVyZm9ybWFuY2UsIGFuZCBodW1hbiByZXNvdXJjZSBtYW5hZ2VtZW50LiBJbiBhZGRpdGlvbiwgaXQgaXMgYWR2aXNhYmxlIHRvIGNob29zZSBtb3JlIHNwZWNpZmljIHJlc2VhcmNoIHN1YmplY3RzLCBpbmNsdWRpbmcgdGhvc2UgaW4gdGhlIGN1bGluYXJ5IHN1YnNlY3RvciwgYW5kIHBheSBhdHRlbnRpb24gdG8gb3RoZXIgYXJlYXMsIGUuZy4sIHRoZSBkZW1vZ3JhcGhpY3Mgb2YgcmVzcG9uZGVudHMgaW4gdGhlIG1vZGVsIGFzIGEgY29udHJvbCB2YXJpYWJsZS4iLCJwdWJsaXNoZXIiOiJFbHNldmllciBMdGQiLCJpc3N1ZSI6IjciLCJ2b2x1bWUiOiIxMCJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
+          <w:id w:val="919996714"/>
+          <w:placeholder>
+            <w:docPart w:val="4B688A2036A94775897630377FD5BAED"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00052427" w:rsidRPr="00052427">
+            <w:rPr>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>(1–5)</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> . [Normal]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE3C7CF" w14:textId="77777777" w:rsidR="004314FF" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1C53">
+        <w:t>List Formatting Guidelines in Manuscripts</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC2D86">
+        <w:t>[Hea</w:t>
+      </w:r>
+      <w:r w:rsidR="004314FF">
+        <w:t>ding 1]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0428DFF5" w14:textId="69ED4E5A" w:rsidR="001F5DDD" w:rsidRPr="004314FF" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1689">
+        <w:t>Use this format when listing short terms or concepts that do not require detailed explanation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F2466BD" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:r w:rsidRPr="00C352E1">
+        <w:t>Example</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1C53">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D1689">
+        <w:t>Factors influencing purchasing decisions include price, product quality, and promotion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228624FF" w14:textId="55C2DDAF" w:rsidR="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001835F8">
+        <w:t>Format</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D1689">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F46174B" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001835F8">
+        <w:lastRenderedPageBreak/>
+        <w:t>Separate items with commas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF844C2" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001835F8">
+        <w:t>Use “and” or “as well as” before the final item.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657275E7" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001835F8">
+        <w:t>No numbering or bullets needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73221E4B" w14:textId="18DED81E" w:rsidR="001F5DDD" w:rsidRPr="004D1689" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="number"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1689">
+        <w:t>Numbered List</w:t>
+      </w:r>
+      <w:r w:rsidR="00C352E1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C352E1" w:rsidRPr="00C352E1">
+        <w:t>[1. number]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF11B5A" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:r w:rsidRPr="004D1689">
+        <w:t>Use this format when the order of items matters logically or chronologically, such as in methodology steps or analytical procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B3527F" w14:textId="23D87D53" w:rsidR="001F5DDD" w:rsidRPr="004D1689" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:r w:rsidRPr="004D1689">
+        <w:t>Example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34707CEC" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="002472B2" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:r w:rsidRPr="002472B2">
+        <w:t>The steps in data analysis are as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A7538B6" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="002472B2" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002472B2">
+        <w:t>Collect primary and secondary data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0D79D4" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="002472B2" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002472B2">
+        <w:t>Clean and filter the data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4607A071" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="002472B2" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002472B2">
+        <w:t>Perform statistical analysis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA2F481" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="002472B2" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002472B2">
+        <w:t>Draw conclusions and implications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F8AD074" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:r w:rsidRPr="004D1689">
+        <w:t>Format:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B6BD8F1" w14:textId="505DBF72" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001835F8">
+        <w:t>Use numerals (1., 2., 3., etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="002472B2" w:rsidRPr="001835F8">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002472B2" w:rsidRPr="001835F8">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="001835F8" w:rsidRPr="001835F8">
+        <w:t>.,B.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001835F8" w:rsidRPr="001835F8">
+        <w:t xml:space="preserve">,C., or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001835F8" w:rsidRPr="001835F8">
+        <w:t>a.,b.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001835F8" w:rsidRPr="001835F8">
+        <w:t>,c</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001835F8" w:rsidRPr="001835F8">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001835F8">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236E777C" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001835F8">
+        <w:t>Begin each item with a capital letter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FEA931B" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001835F8">
+        <w:t>End with a period if the item is a complete sentence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="451A6274" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="004D1689" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001835F8">
+        <w:t>Apply consistent indentation (e.g., 0.5 cm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D1689">
+        <w:t xml:space="preserve"> or as per journal style).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203FC858" w14:textId="3BC601CB" w:rsidR="001F5DDD" w:rsidRPr="004D1689" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="number"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1689">
+        <w:t>Bullet List</w:t>
+      </w:r>
+      <w:r w:rsidR="00C352E1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C352E1" w:rsidRPr="00C352E1">
+        <w:t>[1. number]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F5A764" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:r w:rsidRPr="004D1689">
+        <w:t>Use this format for descriptive items that do not require a specific order</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702395D8" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:r w:rsidRPr="00BC1C53">
+        <w:t>Example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20387C9A" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:r>
+        <w:t>The characteristics of respondents in this study include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3210E09C" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001835F8">
+        <w:t>Aged between 20–40 years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C859125" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001835F8">
+        <w:t>Minimum education level: high school</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B1E156E" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001835F8">
+        <w:t>More than 2 years of work experience</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C28E066" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="00DC6EB1" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:r w:rsidRPr="00DC6EB1">
+        <w:t>Format</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17356ED1" w14:textId="6255C4F9" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001835F8">
+        <w:t>Use bullet symbols (– or •), not numbers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E8FF85" w14:textId="1A443E04" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001835F8">
+        <w:t>Avoid bullet lists in abstracts or conclusions unless essential.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409F88FA" w14:textId="69515E88" w:rsidR="001F5DDD" w:rsidRPr="00E565A0" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001835F8">
+        <w:t>Begin with lowercase letters if the item is not a full sentence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB2F4B3" w14:textId="6141E14A" w:rsidR="00320E8E" w:rsidRPr="00E565A0" w:rsidRDefault="007C41F3" w:rsidP="00D601DF">
+      <w:pPr>
+        <w:pStyle w:val="source"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F6CFF75" wp14:editId="729FBA69">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63828616" wp14:editId="7AC90BA4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>6350</wp:posOffset>
+                  <wp:posOffset>45720</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>2545715</wp:posOffset>
+                  <wp:posOffset>3434080</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5819775" cy="153035"/>
-                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                <wp:extent cx="5792470" cy="635"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="2042571752" name="Text Box 6"/>
-[...2 lines deleted...]
-                </wp:cNvGraphicFramePr>
+                <wp:docPr id="1446276545" name="Text Box 1"/>
+                <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvSpPr txBox="1">
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5819775" cy="153035"/>
+                          <a:ext cx="5792470" cy="635"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:srgbClr val="FFFFFF"/>
+                          <a:prstClr val="white"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
-                        <a:extLst>
-[...10 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="23E3F7BD" w14:textId="77777777" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00264C61">
+                          <w:p w14:paraId="36C923AF" w14:textId="5304486E" w:rsidR="007C41F3" w:rsidRPr="00A132A8" w:rsidRDefault="007C41F3" w:rsidP="00D601DF">
                             <w:pPr>
                               <w:pStyle w:val="Caption"/>
+                              <w:rPr>
+                                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                                <w:iCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00320E8E">
+                            <w:r>
                               <w:t xml:space="preserve">Figure </w:t>
                             </w:r>
                             <w:fldSimple w:instr=" SEQ Figure \* ARABIC ">
-                              <w:r w:rsidR="007465C7">
+                              <w:r>
                                 <w:rPr>
                                   <w:noProof/>
                                 </w:rPr>
                                 <w:t>1</w:t>
                               </w:r>
                             </w:fldSimple>
-                            <w:r w:rsidRPr="00320E8E">
-                              <w:t xml:space="preserve"> Figure</w:t>
+                            <w:r>
+                              <w:t xml:space="preserve"> Figure and </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D601DF">
+                              <w:t>Pictures</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
-                        <a:noAutofit/>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="3F6CFF75" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="63828616" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:.5pt;margin-top:200.45pt;width:458.25pt;height:12.05pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADeSAD6wEAALoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhukbUz4hRdigwD&#10;ugvQ7QNkWbaFyaJGKbGzrx8l2+kub8P8IFAiechzSG/vxt6wk0KvwZY8X605U1ZCrW1b8q9fDq9u&#10;OfNB2FoYsKrkZ+X53e7li+3gCnUFHZhaISMQ64vBlbwLwRVZ5mWneuFX4JQlZwPYi0BXbLMaxUDo&#10;vcmu1uvX2QBYOwSpvKfXh8nJdwm/aZQMn5rGq8BMyam3kE5MZxXPbLcVRYvCdVrObYh/6KIX2lLR&#10;C9SDCIIdUf8F1WuJ4KEJKwl9Bk2jpUociE2+/oPNUyecSlxIHO8uMvn/Bys/np7cZ2RhfAsjDTCR&#10;8O4R5DfPLOw7YVt1jwhDp0RNhfMoWTY4X8ypUWpf+AhSDR+gpiGLY4AENDbYR1WIJyN0GsD5Iroa&#10;A5P0uLnN39zcbDiT5Ms31+vrTSohiiXboQ/vFPQsGiVHGmpCF6dHH2I3olhCYjEPRtcHbUy6YFvt&#10;DbKToAU4pG9G/y3M2BhsIaZNiPEl0YzMJo5hrEZyRroV1GcijDAtFP0AZHSAPzgbaJlK7r8fBSrO&#10;zHtLosXNWwxcjGoxhJWUWvLA2WTuw7ShR4e67Qh5GouFexK20Ynzcxdzn7QgSYp5meMG/npPUc+/&#10;3O4nAAAA//8DAFBLAwQUAAYACAAAACEAXkmAvt8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zU7DMBCE70i8g7VIXBC1G9HShjgVtHArh/6oZzdekoh4HcVOk749ywmOszOa/SZbja4RF+xC7UnD&#10;dKJAIBXe1lRqOB4+HhcgQjRkTeMJNVwxwCq/vclMav1AO7zsYym4hEJqNFQxtqmUoajQmTDxLRJ7&#10;X75zJrLsSmk7M3C5a2Si1Fw6UxN/qEyL6wqL733vNMw3XT/saP2wOb5vzWdbJqe360nr+7vx9QVE&#10;xDH+heEXn9EhZ6az78kG0bDmJVHDk1JLEOwvp88zEGe+JDMFMs/k/wX5DwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQADeSAD6wEAALoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBeSYC+3wAAAAkBAAAPAAAAAAAAAAAAAAAAAEUEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" stroked="f">
-                <v:textbox inset="0,0,0,0">
+              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:3.6pt;margin-top:270.4pt;width:456.1pt;height:.05pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQByRj95FgIAADgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2kL2yBqOpVORUjT&#10;NqlDe3Ydp7Hk+MzZbVJ+PWcnaWHwhHhxLr7zd77v+7y47RrDjgq9Blvw2WTKmbISSm33Bf/2vHn3&#10;kTMfhC2FAasKflKe3y7fvlm0LldzqMGUChmBWJ+3ruB1CC7PMi9r1Qg/AacsJSvARgT6xX1WomgJ&#10;vTHZfDq9zlrA0iFI5T3t3vVJvkz4VaVkeKwqrwIzBae7hbRiWndxzZYLke9RuFrL4RriH27RCG2p&#10;6RnqTgTBDqj/gGq0RPBQhYmEJoOq0lKlGWia2fTVNNtaOJVmIXK8O9Pk/x+sfDhu3ROy0H2GjgSM&#10;hLTO55424zxdhU380k0Z5YnC05k21QUmafPq5tP8ww2lJOWu319FjOxy1KEPXxQ0LAYFR9IkUSWO&#10;9z70pWNJ7OTB6HKjjYk/MbE2yI6C9GtrHdQA/luVsbHWQjzVA8ad7DJHjEK364bhdlCeaGaE3g7e&#10;yY2mRvfChyeBpD/NQp4Oj7RUBtqCwxBxVgP++Nt+rCdZKMtZS34quP9+EKg4M18tCRbNNwY4Brsx&#10;sIdmDTTijF6LkymkAxjMGFYIzQtZfRW7UEpYSb0KHsZwHXpX01ORarVKRWQxJ8K93ToZoUdCn7sX&#10;gW6QI5CKDzA6TeSvVOlrky5udQhEcZIsEtqzOPBM9kyiD08p+v/X/1R1efDLnwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQs3SzgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQ&#10;dVpCISFOVVVwgEtF6IWbG2/jQLyOYqcNf8/CBY47M5p9U6wm14kjDqH1pGA+S0Ag1d601CjYvT1d&#10;34MIUZPRnSdU8IUBVuX5WaFz40/0iscqNoJLKORagY2xz6UMtUWnw8z3SOwd/OB05HNopBn0ictd&#10;JxdJspROt8QfrO5xY7H+rEanYJu+b+3VeHh8Wac3w/Nu3Cw/mkqpy4tp/QAi4hT/wvCDz+hQMtPe&#10;j2SC6BTcLTio4DZNeAH72TxLQex/lQxkWcj/C8pvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAHJGP3kWAgAAOAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAHQs3SzgAAAACQEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" stroked="f">
+                <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="23E3F7BD" w14:textId="77777777" w:rsidR="00320E8E" w:rsidRPr="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="00264C61">
+                    <w:p w14:paraId="36C923AF" w14:textId="5304486E" w:rsidR="007C41F3" w:rsidRPr="00A132A8" w:rsidRDefault="007C41F3" w:rsidP="00D601DF">
                       <w:pPr>
                         <w:pStyle w:val="Caption"/>
+                        <w:rPr>
+                          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                          <w:iCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00320E8E">
+                      <w:r>
                         <w:t xml:space="preserve">Figure </w:t>
                       </w:r>
                       <w:fldSimple w:instr=" SEQ Figure \* ARABIC ">
-                        <w:r w:rsidR="007465C7">
+                        <w:r>
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
                           <w:t>1</w:t>
                         </w:r>
                       </w:fldSimple>
-                      <w:r w:rsidRPr="00320E8E">
-                        <w:t xml:space="preserve"> Figure</w:t>
+                      <w:r>
+                        <w:t xml:space="preserve"> Figure and </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D601DF">
+                        <w:t>Pictures</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00751578">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00320E8E">
+      <w:r w:rsidR="001F5DDD" w:rsidRPr="001F5DDD">
         <w:rPr>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D6A13EE" wp14:editId="4F832E12">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="7D6A13EE" wp14:editId="74D32C46">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>1160780</wp:posOffset>
+              <wp:posOffset>46990</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>48895</wp:posOffset>
+              <wp:posOffset>100965</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3816350" cy="2159000"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="5792400" cy="3276000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1889176356" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3816350" cy="2159000"/>
+                      <a:ext cx="5792400" cy="3276000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00320E8E">
+      <w:r w:rsidRPr="007C41F3">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00320E8E" w:rsidRPr="007C41F3">
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:rStyle w:val="sourceChar"/>
+          <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00300240">
+        <w:t>ource:  Explained, Year</w:t>
+      </w:r>
+      <w:r w:rsidR="00300240" w:rsidRPr="007C41F3">
+        <w:rPr>
+          <w:rStyle w:val="sourceChar"/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> [Source]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9229F3" w14:textId="0BCCE9F7" w:rsidR="00320E8E" w:rsidRPr="002E1733" w:rsidRDefault="00320E8E" w:rsidP="002E1733">
-[...142 lines deleted...]
-    <w:p w14:paraId="4BB2F4B3" w14:textId="77777777" w:rsidR="00320E8E" w:rsidRPr="00E565A0" w:rsidRDefault="00320E8E" w:rsidP="00CE1FC8"/>
     <w:sectPr w:rsidR="00320E8E" w:rsidRPr="00E565A0" w:rsidSect="00EF3DE9">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="070D688D" w14:textId="77777777" w:rsidR="00D060BB" w:rsidRPr="00320E8E" w:rsidRDefault="00D060BB" w:rsidP="005424C8">
-      <w:r w:rsidRPr="00320E8E">
+    <w:p w14:paraId="5CB8B35D" w14:textId="77777777" w:rsidR="00E47A78" w:rsidRPr="001F5DDD" w:rsidRDefault="00E47A78" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="018EE3D8" w14:textId="77777777" w:rsidR="00D060BB" w:rsidRPr="00320E8E" w:rsidRDefault="00D060BB" w:rsidP="005424C8">
-      <w:r w:rsidRPr="00320E8E">
+    <w:p w14:paraId="27903161" w14:textId="77777777" w:rsidR="00E47A78" w:rsidRPr="001F5DDD" w:rsidRDefault="00E47A78" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="290FEDC6" w14:textId="1F64A245" w:rsidR="00A405B2" w:rsidRPr="00320E8E" w:rsidRDefault="00661B3A" w:rsidP="00751578">
+  <w:p w14:paraId="290FEDC6" w14:textId="0F0F3736" w:rsidR="00A405B2" w:rsidRPr="001F5DDD" w:rsidRDefault="00661B3A" w:rsidP="004314FF">
     <w:pPr>
       <w:pStyle w:val="Pages"/>
     </w:pPr>
-    <w:r w:rsidRPr="00320E8E">
+    <w:r w:rsidRPr="001F5DDD">
       <w:t xml:space="preserve">Jibeka </w:t>
     </w:r>
-    <w:r w:rsidR="00620EE8" w:rsidRPr="00320E8E">
+    <w:r w:rsidR="00620EE8" w:rsidRPr="001F5DDD">
       <w:t>|</w:t>
     </w:r>
-    <w:r w:rsidR="000F64B3" w:rsidRPr="00320E8E">
+    <w:r w:rsidR="000F64B3" w:rsidRPr="001F5DDD">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00620EE8" w:rsidRPr="00320E8E">
+    <w:r w:rsidR="00620EE8" w:rsidRPr="001F5DDD">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00620EE8" w:rsidRPr="00320E8E">
+    <w:r w:rsidR="00620EE8" w:rsidRPr="001F5DDD">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="00620EE8" w:rsidRPr="00320E8E">
+    <w:r w:rsidR="00620EE8" w:rsidRPr="001F5DDD">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00620EE8" w:rsidRPr="00320E8E">
+    <w:r w:rsidR="00620EE8" w:rsidRPr="001F5DDD">
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="00620EE8" w:rsidRPr="00320E8E">
+    <w:r w:rsidR="00620EE8" w:rsidRPr="001F5DDD">
       <w:fldChar w:fldCharType="end"/>
-    </w:r>
-[...1 lines deleted...]
-      <w:t xml:space="preserve"> [Pages]</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="29021685" w14:textId="77777777" w:rsidR="003073F9" w:rsidRPr="00320E8E" w:rsidRDefault="00B802F7" w:rsidP="00A240B1">
+  <w:p w14:paraId="29021685" w14:textId="77777777" w:rsidR="003073F9" w:rsidRPr="001F5DDD" w:rsidRDefault="00B802F7" w:rsidP="004314FF">
     <w:pPr>
       <w:pStyle w:val="Volume"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00320E8E">
+    <w:r w:rsidRPr="001F5DDD">
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BF95D01" wp14:editId="5871E17A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-1289685</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>31750</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="8402955" cy="565150"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="717105103" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="717105103" name="Picture 717105103"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
@@ -1877,105 +1744,112 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="003073F9" w:rsidRPr="00320E8E">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="003073F9" w:rsidRPr="001F5DDD">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="275C957A" w14:textId="77777777" w:rsidR="00D060BB" w:rsidRPr="00320E8E" w:rsidRDefault="00D060BB" w:rsidP="005424C8">
-      <w:r w:rsidRPr="00320E8E">
+    <w:p w14:paraId="1892E164" w14:textId="77777777" w:rsidR="00E47A78" w:rsidRPr="001F5DDD" w:rsidRDefault="00E47A78" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7DDBD332" w14:textId="77777777" w:rsidR="00D060BB" w:rsidRPr="00320E8E" w:rsidRDefault="00D060BB" w:rsidP="005424C8">
-      <w:r w:rsidRPr="00320E8E">
+    <w:p w14:paraId="2CD75329" w14:textId="77777777" w:rsidR="00E47A78" w:rsidRPr="001F5DDD" w:rsidRDefault="00E47A78" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2F5D629F" w14:textId="77777777" w:rsidR="00E470F8" w:rsidRPr="00320E8E" w:rsidRDefault="00E470F8" w:rsidP="00A240B1">
+  <w:p w14:paraId="2F5D629F" w14:textId="4FCD564F" w:rsidR="00E470F8" w:rsidRPr="001F5DDD" w:rsidRDefault="00052427" w:rsidP="004314FF">
     <w:pPr>
       <w:pStyle w:val="Headerinfo"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00320E8E">
-[...3 lines deleted...]
-      <w:t>Year | ID</w:t>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:t>Vol</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidR="00EA3D9F">
+      <w:t>ID</w:t>
+    </w:r>
+    <w:r w:rsidR="00E470F8" w:rsidRPr="001F5DDD">
+      <w:t xml:space="preserve"> | </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00EA3D9F">
+      <w:t>Year</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="19ACD612" w14:textId="77777777" w:rsidR="00436B05" w:rsidRPr="00320E8E" w:rsidRDefault="00647665" w:rsidP="00F30241">
+  <w:p w14:paraId="19ACD612" w14:textId="77777777" w:rsidR="00436B05" w:rsidRPr="001F5DDD" w:rsidRDefault="00647665" w:rsidP="004314FF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-    <w:r w:rsidRPr="00320E8E">
+    <w:r w:rsidRPr="001F5DDD">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53E47BD4" wp14:editId="7F6F4D67">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-900430</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-539750</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7588885" cy="1149350"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTopAndBottom/>
           <wp:docPr id="860599601" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1129410178" name="Picture 1129410178"/>
                   <pic:cNvPicPr/>
@@ -2224,50 +2098,440 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04210005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1220770C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3DAEA522"/>
+    <w:lvl w:ilvl="0" w:tplc="86888BA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="number"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-6456" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-5736" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="majorBidi" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="-5016" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-4296" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-3576" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="-2856" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-2136" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-1416" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="-696" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15F10640"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3C6C7E4"/>
+    <w:lvl w:ilvl="0" w:tplc="04210001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04210003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04210005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04210001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04210003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04210005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04210001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04210003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04210005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F9548D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3B404C8"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0B2862A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="majorBidi" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6CD2029B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19D68710"/>
+    <w:lvl w:ilvl="0" w:tplc="04210001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D2331F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58F2CF5A"/>
     <w:lvl w:ilvl="0" w:tplc="04210001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2336,76 +2600,190 @@
     <w:lvl w:ilvl="7" w:tplc="04210003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04210005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72754D54"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="558409A6"/>
+    <w:lvl w:ilvl="0" w:tplc="9F74C150">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListParagraph"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04210003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04210005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04210001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04210003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04210005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04210001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04210003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04210005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74F06EDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5CBCF89C"/>
+    <w:tmpl w:val="3B689600"/>
     <w:lvl w:ilvl="0" w:tplc="04210015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="1B6A34BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0421000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
@@ -2425,235 +2803,396 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C2613C4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1DEEA712"/>
+    <w:lvl w:ilvl="0" w:tplc="04210001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04210003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04210005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04210001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04210003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04210005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04210001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04210003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04210005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1849831487">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="494952113">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1325010697">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1386954025">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1310017760">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="333536732">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="330717596">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="756747694">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1720935526">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1345396194">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007465C7"/>
     <w:rsid w:val="00026449"/>
     <w:rsid w:val="00043EFF"/>
     <w:rsid w:val="00044E0B"/>
+    <w:rsid w:val="00052427"/>
     <w:rsid w:val="00055696"/>
+    <w:rsid w:val="00060468"/>
     <w:rsid w:val="000A5024"/>
     <w:rsid w:val="000D0E54"/>
     <w:rsid w:val="000F64B3"/>
     <w:rsid w:val="000F6E84"/>
     <w:rsid w:val="00101BA8"/>
     <w:rsid w:val="00127617"/>
     <w:rsid w:val="00173D4C"/>
+    <w:rsid w:val="001835F8"/>
+    <w:rsid w:val="00192B77"/>
+    <w:rsid w:val="001B51DE"/>
     <w:rsid w:val="001C58B8"/>
     <w:rsid w:val="001C7D0C"/>
     <w:rsid w:val="001F0E4C"/>
+    <w:rsid w:val="001F5DDD"/>
     <w:rsid w:val="00210363"/>
+    <w:rsid w:val="002472B2"/>
     <w:rsid w:val="00264B7E"/>
     <w:rsid w:val="00264C61"/>
     <w:rsid w:val="00272B38"/>
     <w:rsid w:val="00295F37"/>
     <w:rsid w:val="002A2A70"/>
     <w:rsid w:val="002A35EA"/>
     <w:rsid w:val="002A604A"/>
     <w:rsid w:val="002E1733"/>
     <w:rsid w:val="003000DB"/>
     <w:rsid w:val="00300240"/>
     <w:rsid w:val="003008D3"/>
     <w:rsid w:val="0030425E"/>
     <w:rsid w:val="003073F9"/>
     <w:rsid w:val="00320E8E"/>
     <w:rsid w:val="00330B20"/>
     <w:rsid w:val="00347FF8"/>
     <w:rsid w:val="0035015D"/>
     <w:rsid w:val="00375DCF"/>
     <w:rsid w:val="0037734C"/>
     <w:rsid w:val="0039252B"/>
     <w:rsid w:val="0039743E"/>
+    <w:rsid w:val="00397748"/>
     <w:rsid w:val="003C5C86"/>
     <w:rsid w:val="003F688F"/>
     <w:rsid w:val="00411F43"/>
     <w:rsid w:val="00412D48"/>
     <w:rsid w:val="00422BF5"/>
     <w:rsid w:val="00426B9D"/>
+    <w:rsid w:val="004314FF"/>
     <w:rsid w:val="00436B05"/>
     <w:rsid w:val="00484719"/>
     <w:rsid w:val="004B6087"/>
     <w:rsid w:val="004C0B76"/>
     <w:rsid w:val="004D055D"/>
     <w:rsid w:val="004F4B18"/>
     <w:rsid w:val="005002E5"/>
+    <w:rsid w:val="00521B88"/>
     <w:rsid w:val="005331C0"/>
     <w:rsid w:val="005424C8"/>
     <w:rsid w:val="005839B7"/>
     <w:rsid w:val="00590E09"/>
+    <w:rsid w:val="005D212A"/>
     <w:rsid w:val="005E6CFD"/>
+    <w:rsid w:val="005F752D"/>
     <w:rsid w:val="00620EE8"/>
     <w:rsid w:val="006271BF"/>
     <w:rsid w:val="0063379B"/>
     <w:rsid w:val="00647665"/>
     <w:rsid w:val="0066191B"/>
     <w:rsid w:val="00661B3A"/>
     <w:rsid w:val="0066374F"/>
     <w:rsid w:val="00696EB8"/>
     <w:rsid w:val="006A1CCD"/>
     <w:rsid w:val="006B26BA"/>
     <w:rsid w:val="006C3E79"/>
     <w:rsid w:val="006D44F9"/>
     <w:rsid w:val="007103A8"/>
     <w:rsid w:val="0071404F"/>
     <w:rsid w:val="00714B13"/>
     <w:rsid w:val="007465C7"/>
     <w:rsid w:val="00751578"/>
+    <w:rsid w:val="00753257"/>
     <w:rsid w:val="00753647"/>
     <w:rsid w:val="00753F95"/>
     <w:rsid w:val="0076676C"/>
     <w:rsid w:val="00794235"/>
+    <w:rsid w:val="007C41F3"/>
     <w:rsid w:val="007D542B"/>
     <w:rsid w:val="00816FDF"/>
     <w:rsid w:val="00832EA9"/>
     <w:rsid w:val="00851374"/>
     <w:rsid w:val="00892552"/>
     <w:rsid w:val="008B40EC"/>
     <w:rsid w:val="008D1C74"/>
     <w:rsid w:val="008D5D2D"/>
     <w:rsid w:val="008F54EA"/>
     <w:rsid w:val="00912F5D"/>
     <w:rsid w:val="00915498"/>
     <w:rsid w:val="00916782"/>
     <w:rsid w:val="0092535E"/>
     <w:rsid w:val="00947621"/>
     <w:rsid w:val="00947D20"/>
+    <w:rsid w:val="00957611"/>
     <w:rsid w:val="00991422"/>
     <w:rsid w:val="00996270"/>
+    <w:rsid w:val="0099681B"/>
     <w:rsid w:val="009B26E6"/>
     <w:rsid w:val="009C14E7"/>
     <w:rsid w:val="009C31DD"/>
+    <w:rsid w:val="009C56A2"/>
     <w:rsid w:val="009D1D32"/>
     <w:rsid w:val="00A0191B"/>
     <w:rsid w:val="00A07316"/>
+    <w:rsid w:val="00A1243C"/>
     <w:rsid w:val="00A2336C"/>
     <w:rsid w:val="00A240B1"/>
+    <w:rsid w:val="00A32967"/>
+    <w:rsid w:val="00A32B64"/>
     <w:rsid w:val="00A405B2"/>
     <w:rsid w:val="00A626DD"/>
     <w:rsid w:val="00AA6CF4"/>
     <w:rsid w:val="00B12C8A"/>
     <w:rsid w:val="00B247D6"/>
     <w:rsid w:val="00B25977"/>
     <w:rsid w:val="00B31F8E"/>
+    <w:rsid w:val="00B34D1E"/>
     <w:rsid w:val="00B520A4"/>
     <w:rsid w:val="00B64899"/>
     <w:rsid w:val="00B802F7"/>
     <w:rsid w:val="00B8640A"/>
     <w:rsid w:val="00BF6C05"/>
+    <w:rsid w:val="00C352E1"/>
     <w:rsid w:val="00C37D5F"/>
     <w:rsid w:val="00C4425F"/>
     <w:rsid w:val="00C62EE2"/>
     <w:rsid w:val="00CE1FC8"/>
     <w:rsid w:val="00D060BB"/>
     <w:rsid w:val="00D245FA"/>
+    <w:rsid w:val="00D257BE"/>
     <w:rsid w:val="00D31616"/>
     <w:rsid w:val="00D316D6"/>
     <w:rsid w:val="00D458DC"/>
     <w:rsid w:val="00D5488C"/>
+    <w:rsid w:val="00D601DF"/>
+    <w:rsid w:val="00D813C7"/>
     <w:rsid w:val="00D96490"/>
     <w:rsid w:val="00DD55AE"/>
     <w:rsid w:val="00DE6124"/>
     <w:rsid w:val="00E167E3"/>
     <w:rsid w:val="00E35C2E"/>
     <w:rsid w:val="00E365F7"/>
     <w:rsid w:val="00E42CFC"/>
     <w:rsid w:val="00E44A7A"/>
+    <w:rsid w:val="00E461AA"/>
     <w:rsid w:val="00E470F8"/>
+    <w:rsid w:val="00E47A78"/>
     <w:rsid w:val="00E565A0"/>
     <w:rsid w:val="00E6671C"/>
     <w:rsid w:val="00E67B8B"/>
     <w:rsid w:val="00E81751"/>
     <w:rsid w:val="00E817F9"/>
+    <w:rsid w:val="00EA3D9F"/>
+    <w:rsid w:val="00EA527A"/>
     <w:rsid w:val="00EB75D0"/>
     <w:rsid w:val="00EE00B9"/>
     <w:rsid w:val="00EF3DE9"/>
     <w:rsid w:val="00EF684D"/>
     <w:rsid w:val="00F15A32"/>
     <w:rsid w:val="00F30241"/>
     <w:rsid w:val="00F35A35"/>
+    <w:rsid w:val="00F416CC"/>
     <w:rsid w:val="00F61E39"/>
     <w:rsid w:val="00F64EC2"/>
     <w:rsid w:val="00F87E0B"/>
     <w:rsid w:val="00FA0161"/>
     <w:rsid w:val="00FA3761"/>
     <w:rsid w:val="00FA7082"/>
     <w:rsid w:val="00FC0359"/>
     <w:rsid w:val="00FD14AA"/>
     <w:rsid w:val="00FD273F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="id-ID" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -2672,51 +3211,51 @@
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="id-ID" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3048,74 +3587,73 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FD14AA"/>
+    <w:rsid w:val="004314FF"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00FD14AA"/>
+    <w:rsid w:val="00052427"/>
     <w:pPr>
-      <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5440"/>
       </w:tabs>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="360"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002E1733"/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
@@ -3124,213 +3662,207 @@
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E817F9"/>
     <w:pPr>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:rsid w:val="00EF684D"/>
     <w:pPr>
-      <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EF684D"/>
     <w:pPr>
-      <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EF684D"/>
     <w:pPr>
-      <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EF684D"/>
     <w:pPr>
-      <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EF684D"/>
     <w:pPr>
-      <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EF684D"/>
     <w:pPr>
-      <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00FD14AA"/>
+    <w:rsid w:val="00052427"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002E1733"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00E817F9"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
@@ -3397,149 +3929,153 @@
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00EF684D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00EF684D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00751578"/>
+    <w:rsid w:val="005D212A"/>
     <w:pPr>
-      <w:spacing w:before="240"/>
-      <w:jc w:val="center"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00751578"/>
+    <w:rsid w:val="005D212A"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Title"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00916782"/>
+    <w:rsid w:val="005D212A"/>
     <w:rPr>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00916782"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+    <w:rsid w:val="005D212A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00B8640A"/>
     <w:pPr>
       <w:ind w:left="360"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00B8640A"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF684D"/>
+    <w:rsid w:val="002472B2"/>
     <w:pPr>
-      <w:ind w:left="720"/>
+      <w:numPr>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:ind w:left="284" w:hanging="215"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:rsid w:val="00EF684D"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00EF684D"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
@@ -3720,59 +4256,56 @@
     <w:rsid w:val="003008D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:aliases w:val="Figure Caption"/>
     <w:basedOn w:val="TableHeader"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CaptionChar"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00264C61"/>
+    <w:rsid w:val="00D601DF"/>
     <w:pPr>
-      <w:keepNext/>
+      <w:widowControl/>
       <w:spacing w:after="120"/>
-      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tablename">
     <w:name w:val="table name"/>
     <w:basedOn w:val="TableParagraph"/>
     <w:link w:val="tablenameChar"/>
     <w:qFormat/>
     <w:rsid w:val="00055696"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableParagraphChar">
     <w:name w:val="Table Paragraph Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="TableParagraph"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="003008D3"/>
     <w:rPr>
@@ -3781,66 +4314,67 @@
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tablenameChar">
     <w:name w:val="table name Char"/>
     <w:basedOn w:val="TableParagraphChar"/>
     <w:link w:val="tablename"/>
     <w:rsid w:val="00055696"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Arial" w:hAnsi="Georgia" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="source">
     <w:name w:val="source"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="sourceChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00751578"/>
+    <w:rsid w:val="004314FF"/>
     <w:pPr>
+      <w:keepLines/>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
       <w:noProof/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="sourceChar">
     <w:name w:val="source Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="source"/>
-    <w:rsid w:val="00751578"/>
+    <w:rsid w:val="004314FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:iCs/>
       <w:noProof/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0035015D"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00272B38"/>
     <w:rPr>
@@ -3864,51 +4398,50 @@
       <w:bCs w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tableChar">
     <w:name w:val="table Char"/>
     <w:basedOn w:val="TableParagraphChar"/>
     <w:link w:val="table"/>
     <w:rsid w:val="005839B7"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Arial" w:hAnsi="Georgia" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-GB" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formula">
     <w:name w:val="Formula"/>
     <w:basedOn w:val="Caption"/>
     <w:link w:val="FormulaChar"/>
     <w:qFormat/>
     <w:rsid w:val="002E1733"/>
     <w:pPr>
-      <w:keepNext w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FormulaChar">
     <w:name w:val="Formula Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formula"/>
     <w:rsid w:val="002E1733"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Arial" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoSpace">
     <w:name w:val="NoSpace"/>
@@ -4074,70 +4607,70 @@
     <w:rsid w:val="00A240B1"/>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="VolumeChar">
     <w:name w:val="Volume Char"/>
     <w:basedOn w:val="NoSpaceChar"/>
     <w:link w:val="Volume"/>
     <w:rsid w:val="00A240B1"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableHeader">
     <w:name w:val="Table Header"/>
     <w:basedOn w:val="tablename"/>
     <w:link w:val="TableHeaderChar"/>
     <w:qFormat/>
-    <w:rsid w:val="003008D3"/>
+    <w:rsid w:val="00A1243C"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:szCs w:val="18"/>
+      <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableHeaderChar">
     <w:name w:val="Table Header Char"/>
     <w:basedOn w:val="tablenameChar"/>
     <w:link w:val="TableHeader"/>
-    <w:rsid w:val="003008D3"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Georgia" w:eastAsia="Arial" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+    <w:rsid w:val="00A1243C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Arial" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
-      <w:sz w:val="18"/>
-      <w:szCs w:val="18"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tableleft">
     <w:name w:val="Table left"/>
     <w:basedOn w:val="TableParagraph"/>
     <w:link w:val="TableleftChar"/>
     <w:qFormat/>
     <w:rsid w:val="003008D3"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableleftChar">
     <w:name w:val="Table left Char"/>
     <w:basedOn w:val="TableParagraphChar"/>
     <w:link w:val="Tableleft"/>
     <w:rsid w:val="003008D3"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Arial" w:hAnsi="Georgia" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
@@ -4146,143 +4679,178 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="00CE1FC8"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rsid w:val="00CE1FC8"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Reference">
     <w:name w:val="Reference"/>
-    <w:basedOn w:val="Normal"/>
     <w:link w:val="ReferenceChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00915498"/>
+    <w:rsid w:val="00052427"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:ind w:left="-284" w:hanging="356"/>
+      <w:ind w:hanging="640"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-      <w:color w:val="000000"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ReferenceChar">
     <w:name w:val="Reference Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Reference"/>
-    <w:rsid w:val="00915498"/>
+    <w:rsid w:val="00052427"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
-      <w:color w:val="000000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Keywords">
     <w:name w:val="Keywords"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KeywordsChar"/>
     <w:qFormat/>
     <w:rsid w:val="00411F43"/>
     <w:pPr>
       <w:spacing w:before="360"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KeywordsChar">
     <w:name w:val="Keywords Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Keywords"/>
     <w:rsid w:val="00411F43"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableCaption">
     <w:name w:val="Table Caption"/>
     <w:basedOn w:val="Caption"/>
     <w:link w:val="TableCaptionChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00751578"/>
+    <w:rsid w:val="00A1243C"/>
     <w:pPr>
-      <w:spacing w:before="360"/>
+      <w:spacing w:before="360" w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CaptionChar">
     <w:name w:val="Caption Char"/>
     <w:aliases w:val="Figure Caption Char"/>
     <w:basedOn w:val="TableHeaderChar"/>
     <w:link w:val="Caption"/>
     <w:uiPriority w:val="35"/>
-    <w:rsid w:val="00751578"/>
+    <w:rsid w:val="00D601DF"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Arial" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableCaptionChar">
     <w:name w:val="Table Caption Char"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:link w:val="TableCaption"/>
-    <w:rsid w:val="00751578"/>
+    <w:rsid w:val="00A1243C"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Arial" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="number">
+    <w:name w:val="number"/>
+    <w:basedOn w:val="ListParagraph"/>
+    <w:link w:val="numberChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C352E1"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="002472B2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="numberChar">
+    <w:name w:val="number Char"/>
+    <w:basedOn w:val="ListParagraphChar"/>
+    <w:link w:val="number"/>
+    <w:rsid w:val="00C352E1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:bCs/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="16852446">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="28380255">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4413,50 +4981,62 @@
     </w:div>
     <w:div w:id="257642245">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="261690088">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="278338861">
+      <w:marLeft w:val="640"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="309871092">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="316567698">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="355231153">
@@ -5063,50 +5643,62 @@
     </w:div>
     <w:div w:id="1322277132">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1328021743">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1333533278">
+      <w:marLeft w:val="640"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1342246766">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1378505683">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1388650891">
@@ -5615,63 +6207,99 @@
     </w:div>
     <w:div w:id="1956013968">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1970040787">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2002539418">
+      <w:marLeft w:val="640"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2025013602">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2030597920">
+      <w:marLeft w:val="640"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2074430588">
+      <w:marLeft w:val="640"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2091612005">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2106874858">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2114520640">
       <w:marLeft w:val="640"/>
@@ -5740,93 +6368,129 @@
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C4D2C8C9-10D3-4B8A-B563-F37B94DFBA84}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00D16DAD">
+        <w:p w:rsidR="00474745" w:rsidRDefault="00D16DAD">
+          <w:r w:rsidRPr="00E52C88">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4B688A2036A94775897630377FD5BAED"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1F21DA13-6C17-4E93-926D-5445CC988718}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005103BB" w:rsidRDefault="00B334FF" w:rsidP="00B334FF">
+          <w:pPr>
+            <w:pStyle w:val="4B688A2036A94775897630377FD5BAED"/>
+          </w:pPr>
           <w:r w:rsidRPr="00E52C88">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -5845,52 +6509,65 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D16DAD"/>
+    <w:rsid w:val="00024E88"/>
+    <w:rsid w:val="000B6968"/>
+    <w:rsid w:val="0017628D"/>
+    <w:rsid w:val="00192B77"/>
+    <w:rsid w:val="001B51DE"/>
+    <w:rsid w:val="00337A10"/>
     <w:rsid w:val="00380394"/>
+    <w:rsid w:val="00474745"/>
     <w:rsid w:val="004F4B18"/>
+    <w:rsid w:val="005103BB"/>
+    <w:rsid w:val="00521B88"/>
+    <w:rsid w:val="005C55A0"/>
+    <w:rsid w:val="005F752D"/>
+    <w:rsid w:val="00A32967"/>
+    <w:rsid w:val="00B334FF"/>
     <w:rsid w:val="00D16DAD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="id-ID"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -6303,57 +6980,58 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D16DAD"/>
+    <w:rsid w:val="00B334FF"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C3672488929C46A296B3D5FACB8E06D2">
-    <w:name w:val="C3672488929C46A296B3D5FACB8E06D2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B688A2036A94775897630377FD5BAED">
+    <w:name w:val="4B688A2036A94775897630377FD5BAED"/>
+    <w:rsid w:val="00B334FF"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
@@ -6622,117 +7300,119 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=word/webextensions/_rels/taskpanes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextension" Target="webextension1.xml"/></Relationships>
 </file>
 
 <file path=word/webextensions/taskpanes.xml><?xml version="1.0" encoding="utf-8"?>
 <wetp:taskpanes xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11">
-  <wetp:taskpane dockstate="right" visibility="0" width="350" row="3">
+  <wetp:taskpane dockstate="right" visibility="0" width="350" row="4">
     <wetp:webextensionref xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
   </wetp:taskpane>
 </wetp:taskpanes>
 </file>
 
 <file path=word/webextensions/webextension1.xml><?xml version="1.0" encoding="utf-8"?>
 <we:webextension xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" id="{7A901632-81A0-4B5F-9856-B3B8FE9586F6}">
   <we:reference id="f78a3046-9e99-4300-aa2b-5814002b01a2" version="1.55.1.0" store="EXCatalog" storeType="EXCatalog"/>
   <we:alternateReferences>
     <we:reference id="WA104382081" version="1.55.1.0" store="en-US" storeType="OMEX"/>
   </we:alternateReferences>
   <we:properties>
+    <we:property name="MENDELEY_BIBLIOGRAPHY_IS_DIRTY" value="true"/>
+    <we:property name="MENDELEY_BIBLIOGRAPHY_LAST_MODIFIED" value="1763188217934"/>
     <we:property name="MENDELEY_CITATIONS" value="[{&quot;citationID&quot;:&quot;MENDELEY_CITATION_97a993c0-d85e-48f6-9160-a5696f5413fb&quot;,&quot;properties&quot;:{&quot;noteIndex&quot;:0},&quot;isEdited&quot;:false,&quot;manualOverride&quot;:{&quot;isManuallyOverridden&quot;:false,&quot;citeprocText&quot;:&quot;(1)&quot;,&quot;manualOverrideText&quot;:&quot;&quot;},&quot;citationTag&quot;:&quot;MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fOTdhOTkzYzAtZDg1ZS00OGY2LTkxNjAtYTU2OTZmNTQxM2ZiIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKDEpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiZjc3MWFkZWItOGZjNS0zYzNhLTkyMTgtN2U0MDZkZjE1Nzg5IiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiZjc3MWFkZWItOGZjNS0zYzNhLTkyMTgtN2U0MDZkZjE1Nzg5IiwidGl0bGUiOiJUaGUgU3VzdGFpbmFiaWxpdHkgUm9sZSBvZiBXb21lbiBFbnRyZXByZW5ldXJzIHRocm91Z2ggdGhlIERpZ2l0YWwgRmluYW5jaWFsIExpdGVyYWN5IE1vdmVtZW50IiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJEdXJhIiwiZ2l2ZW4iOiJKdXN0aXRhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiV2FyZGFuYSIsImdpdmVuIjoiRGl0eWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJQb3B1bGF0aW9uIGFuZCBFY29ub21pY3MgOCgzKTogMTA4LTEyOSIsImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDEzXV19LCJET0kiOiIxMC4zODk3L1BPUEVDT04uOC5FMTE2OTIzIiwiSVNTTiI6IjI2NTgtMzc5OCIsIlVSTCI6Imh0dHBzOi8vcG9wdWxhdGlvbmFuZGVjb25vbWljcy5wZW5zb2Z0Lm5ldC9hcnRpY2xlLzExNjkyMy8iLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI0LDEwLDMwXV19LCJwYWdlIjoiMTA4LTEyOSIsImFic3RyYWN0IjoiVGhpcyBzdHVkeSBkaXNjdXNzZXMgaG93IGZpbmFuY2lhbCB0ZWNobm9sb2d5IGFuZCBmaW5hbmNpYWwgbGl0ZXJhY3kgcGxheSBhIGNydWNpYWwgcm9sZSBpbiBzdXBwb3J0aW5nIHRoZSBzdXN0YWluYWJpbGl0eSBvZiBzbWFsbCBhbmQgbWVkaXVtIGVudGVycHJpc2VzIChTTUVzKSBpbiBFYXN0IEphdmEuIFRoZSB1dGlsaXphdGlvbiBvZiBmaW5hbmNpYWwgdGVjaG5vbG9neSwgd2hpY2ggaW5jbHVkZXMgdmFyaW91cyBkaWdpdGFsIHNlcnZpY2VzIHN1Y2ggYXMgb25saW5lIHBheW1lbnRzIGFuZCBhY2Nlc3MgdG8gZmluYW5jaW5nLCBhbG9uZyB3aXRoIGZpbmFuY2lhbCBsaXRlcmFjeSwgd2hpY2ggcmVmZXJzIHRvIHRoZSB1bmRlcnN0YW5kaW5nIGFuZCBhYmlsaXR5IHRvIG1hbmFnZSBmaW5hbmNlcyB3aXNlbHksIGhhcyBiZWVuIHByb3ZlbiB0byBiZSBlc3NlbnRpYWwgaW4gbWFpbnRhaW5pbmcgdGhlIGNvbXBldGl0aXZlbmVzcyBhbmQgZ3Jvd3RoIG9mIGJ1c2luZXNzZXMsIGVzcGVjaWFsbHkgYW1vbmcgZmVtYWxlIGVudHJlcHJlbmV1cnMuVGhlIHJlc2VhcmNoIHdhcyBjb25kdWN0ZWQgdXNpbmcgYSBzdXJ2ZXkgaW52b2x2aW5nIDM5MCBmZW1hbGUgZW50cmVwcmVuZXVycyBpbiBFYXN0IEphdmEsIHNlbGVjdGVkIHRocm91Z2ggcHVycG9zaXZlIHNhbXBsaW5nLiBVc2luZyBtdWx0aXBsZSBsaW5lYXIgcmVncmVzc2lvbiBhbmFseXNpcywgdGhlIGZpbmRpbmdzIGluZGljYXRlIHRoYXQgYm90aCBmaW5hbmNpYWwgdGVjaG5vbG9neSBhbmQgZmluYW5jaWFsIGxpdGVyYWN5IHNpZ25pZmljYW50bHkgaW1wYWN0IHRoZSBzdXN0YWluYWJpbGl0eSBvZiB3b21lbuKAmXMgYnVzaW5lc3NlcyBpbiB0aGUgcmVnaW9uLiBIb3dldmVyLCB0aGlzIHN0dWR5IGlzIGxpbWl0ZWQgYnkgaXRzIGZvY3VzIHNvbGVseSBvbiBmZW1hbGUgZW50cmVwcmVuZXVycyBpbiBFYXN0IEphdmEsIHdoaWNoIG1heSByZXN0cmljdCB0aGUgZ2VuZXJhbGl6YWJpbGl0eSBvZiB0aGUgcmVzdWx0cyB0byBvdGhlciBjaXRpZXMuIFRoZXJlZm9yZSwgYSBsYXJnZXIgc2FtcGxlIHNpemUgYWNyb3NzIHZhcmlvdXMgcmVnaW9ucyB3b3VsZCBwcm92aWRlIG1vcmUgY29tcHJlaGVuc2l2ZSBpbnNpZ2h0cy4gVGhpcyBzdHVkeSBzdWdnZXN0cyB0aGF0IHRoZSBFYXN0IEphdmEgZ292ZXJubWVudCBzaG91bGQgcGF5IGNsb3NlciBhdHRlbnRpb24gdG8gdGhpcyBzZWN0b3IsIGdpdmVuIGl0cyBzaWduaWZpY2FudCBjb250cmlidXRpb24gdG8gdGhlIHJlZ2lvbmFsIGFuZCBuYXRpb25hbCBlY29ub215LiIsInB1Ymxpc2hlciI6IkZhY3VsdHkgb2YgRWNvbm9taWNzLCBMb21vbm9zb3YgTW9zY293IFN0YXRlIFVuaXZlcnNpdHkiLCJpc3N1ZSI6IjMiLCJ2b2x1bWUiOiI4IiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ==&quot;,&quot;citationItems&quot;:[{&quot;id&quot;:&quot;f771adeb-8fc5-3c3a-9218-7e406df15789&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;f771adeb-8fc5-3c3a-9218-7e406df15789&quot;,&quot;title&quot;:&quot;The Sustainability Role of Women Entrepreneurs through the Digital Financial Literacy Movement&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Dura&quot;,&quot;given&quot;:&quot;Justita&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Wardana&quot;,&quot;given&quot;:&quot;Ditya&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;container-title&quot;:&quot;Population and Economics 8(3): 108-129&quot;,&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.3897/POPECON.8.E116923&quot;,&quot;ISSN&quot;:&quot;2658-3798&quot;,&quot;URL&quot;:&quot;https://populationandeconomics.pensoft.net/article/116923/&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2024,10,30]]},&quot;page&quot;:&quot;108-129&quot;,&quot;abstract&quot;:&quot;This study discusses how financial technology and financial literacy play a crucial role in supporting the sustainability of small and medium enterprises (SMEs) in East Java. The utilization of financial technology, which includes various digital services such as online payments and access to financing, along with financial literacy, which refers to the understanding and ability to manage finances wisely, has been proven to be essential in maintaining the competitiveness and growth of businesses, especially among female entrepreneurs.The research was conducted using a survey involving 390 female entrepreneurs in East Java, selected through purposive sampling. Using multiple linear regression analysis, the findings indicate that both financial technology and financial literacy significantly impact the sustainability of women’s businesses in the region. However, this study is limited by its focus solely on female entrepreneurs in East Java, which may restrict the generalizability of the results to other cities. Therefore, a larger sample size across various regions would provide more comprehensive insights. This study suggests that the East Java government should pay closer attention to this sector, given its significant contribution to the regional and national economy.&quot;,&quot;publisher&quot;:&quot;Faculty of Economics, Lomonosov Moscow State University&quot;,&quot;issue&quot;:&quot;3&quot;,&quot;volume&quot;:&quot;8&quot;,&quot;container-title-short&quot;:&quot;&quot;},&quot;isTemporary&quot;:false}]},{&quot;citationID&quot;:&quot;MENDELEY_CITATION_03cbafc1-a295-43a9-954e-4eff6f2ced17&quot;,&quot;properties&quot;:{&quot;noteIndex&quot;:0},&quot;isEdited&quot;:false,&quot;manualOverride&quot;:{&quot;isManuallyOverridden&quot;:false,&quot;citeprocText&quot;:&quot;(2,3)&quot;,&quot;manualOverrideText&quot;:&quot;&quot;},&quot;citationTag&quot;:&quot;MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fMDNjYmFmYzEtYTI5NS00M2E5LTk1NGUtNGVmZjZmMmNlZDE3IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKDIsMykiLCJtYW51YWxPdmVycmlkZVRleHQiOiIifSwiY2l0YXRpb25JdGVtcyI6W3siaWQiOiJjNTVjMGEzZS1kNzI5LTMxZDItOTg2ZC1lNjRjMzQzNjk2MWYiLCJpdGVtRGF0YSI6eyJ0eXBlIjoiYXJ0aWNsZS1qb3VybmFsIiwiaWQiOiJjNTVjMGEzZS1kNzI5LTMxZDItOTg2ZC1lNjRjMzQzNjk2MWYiLCJ0aXRsZSI6IlRoZSBJbmZsdWVuY2Ugb2YgRmluYW5jaW5nLCBGaW5hbmNpbmcgUmlzayBhbmQgTGlxdWlkaXR5IFJpc2sgb24gdGhlIFByb2ZpdGFiaWxpdHkgb2YgUHJpdmF0ZSBJc2xhbWljIENvbW1lcmNpYWwgQmFua3MgKEJVUykgaW4gSW5kb25lc2lhIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJOaW5nc2loIiwiZ2l2ZW4iOiJXaXdpayBGaXRyaWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJIYW5kYXlhbmkiLCJnaXZlbiI6Ill1bmlvcml0YSBJbmRhaCIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6Ikp1cm5hbCBJbG1pYWggQmlzbmlzIGRhbiBFa29ub21pIEFzaWEiLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsOSwxM11dfSwiRE9JIjoiMTAuMzI4MTUvSklCRUtBLlYxOUkyLjIzNjgiLCJJU1NOIjoiMjYyMC04NzVYIiwiVVJMIjoiaHR0cHM6Ly9qaWJla2EuYXNpYS5hYy5pZC9pbmRleC5waHAvamliZWthL2FydGljbGUvdmlldy8yMzY4IiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw3LDE0XV19LCJwYWdlIjoiMTQyLTE1MyIsImFic3RyYWN0IjoiVGhpcyByZXNlYXJjaCBhaW1zIHRvIGRldGVybWluZSB0aGUgZWZmZWN0IG9mIG11ZGhhcmFiYWgsIG11c3lhcmFrYWgsIG11cmFiYWhhaCBmaW5hbmNpbmcsIGZpbmFuY2luZyByaXNrIGFuZCBsaXF1aWRpdHkgcmlzayBvbiBwcm9maXRhYmlsaXR5IGluIFByaXZhdGUgU2hhcmlhIENvbW1lcmNpYWwgQmFua3MgaW4gMjAxOS0yMDIzLiBUaGUgc3R1ZHkgdXNlZCBpcyBxdWFudGl0YXRpdmUgZXhwbGFuYXRvcnkgbWV0aG9kLiBUaGUgZGF0YSB1c2VkIGFyZSBkZXJpdmVkIGZyb20gYW5udWFsIGZpbmFuY2lhbCByZXBvcnRzIG9mIFByaXZhdGUgU2hhcmlhIENvbW1lcmNpYWwgQmFua3MuIFRoZSBwb3B1bGF0aW9uIGluIHRoaXMgcmVzZWFyY2ggaXMgUHJpdmF0ZSBTaGFyaWEgQ29tbWVyY2lhbCBCYW5rcyBsaXN0ZWQgb24gdGhlIEZpbmFuY2lhbCBTZXJ2aWNlcyBBdXRob3JpdHkgKE9KSykuIFRoZSBzYW1wbGluZyB0ZWNobmlxdWUgdXNlZCBpcyB0aGUgcHVycG9zaXZlIHNhbXBsaW5nIGFuZCBvYnRhaW5lZCA1IGJhbmtzLiBUaGUgZGF0YSBhbmFseXNpcyB1c2VkIGFyZSBjbGFzc2ljYWwgYXNzdW1wdGlvbiB0ZXN0aW5nLCBtdWx0aXBsZSBsaW5lYXIgcmVncmVzc2lvbiwgY29lZmZpY2llbnQgb2YgZGV0ZXJtaW5hdGlvbiAoUsKsMikgYW5kIGh5cG90aGVzaXMgdGVzdGluZy4gVGhlIHJlc3VsdHMgc2hvdyB0aGF0IG11ZGhhcmFiYWggZmluYW5jaW5nLCZuYnNwOyBtdXJhYmFoYWggZmluYW5jaW5nLCBmaW5hbmNpbmcgcmlzaywgYW5kIGxpcXVpZGl0eSByaXNrIHBhcnRpYWxseSBoYXZlIG5vIGVmZmVjdCBvbiBwcm9maXRhYmlsaXR5IHdoaWxlIHBhcnRpYWxseSBtdXN5YXJha2FoIGZpbmFuY2luZyBoYXMgYSBzaWduaWZpY2FudCBlZmZlY3Qgb24gcHJvZml0YWJpbGl0eS4gVGhpcyByZXN1bHQgaW5kaWNhdGUgdGhhdCBiYW5rIG5lZWQgdG8gZGV2ZWxvcCBtdXN5YXJha2FoIGZpbmFuY2luZywgaW5jcmVhc2Ugb3BlcmF0aW9uYWwgZWZmaWNpZW5jeSBhbmQgZGV2ZWxvcGUgZWZmZWN0aXZlIHJpc2sgbWFuYWdlbWVuIHN5c3RlbS4gTWVhbndoaWxlIHNoYXJpYSBiYW5rcyBuZWVkIHRvIGltcHJvdmUgbWFuYWdlbWVudCBjYXBhYmlsaXRpZXMgaW5pIG1hbmFnaW5nIG11ZGhhcmFiYWggYW5kIG11cmFiYWhhaCBmaW5hbmNpbmcgYW5kIGRldmVsb3AgbmV3IHByb2R1Y3QgdGhhdCBhcmUgbW9yZSBwcm9maXRhYmxlLiZuYnNwOyBTaGFyaWEgYmFua3MgaGF2ZSB0byBtYWludGFpbiBmaW5hbmNpbmcgcmlzayAoTlBGKSBzbyB0aGF0IGl0IGRvIG5vdCBjYXVzZSBwb3RlbnRpYWwgbG9zc2VzIGluIHRoZSBmdXR1cmUsIFNoYXJpYSBiYW5rcyBhbHNvIG5lZWQgdG8gaW1wcm92ZSBtYW5hZ2VtZW4gY2FwYWJpbGl0aWVzIGluIG1hbmFnaW5nIGxpcXVpZHkgcmlzayIsInB1Ymxpc2hlciI6Ikluc3RpdHV0IFRla25vbG9naSBkYW4gQmlzbmlzIEFzaWEgTWFsYW5nIiwiaXNzdWUiOiIyIiwidm9sdW1lIjoiMTkiLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfSx7ImlkIjoiMDI0MTZmMDYtZDgwZC0zNDEzLThmZWItYTAxZWZkZjdmMmJlIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiMDI0MTZmMDYtZDgwZC0zNDEzLThmZWItYTAxZWZkZjdmMmJlIiwidGl0bGUiOiJDcmVhdGl2ZSBJbmR1c3RyeSBpbiB0aGUgUG9zdC1QYW5kZW1pYyBEaWdpdGFsIEVyYTogTWVhbmluZ2Z1bCBJbmN1YmF0aW9uLCBDdXN0b21lciBGb2N1cywgYW5kIEhpZ2ggSW5ub3ZhdGlvbiBhcyBTdHJhdGVnaWVzIHRvIENvbXBldGUiLCJhdXRob3IiOlt7ImZhbWlseSI6IkFuamFuaW5ncnVtIiwiZ2l2ZW4iOiJXaWRpeWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJIZXJtYXdhdGkiLCJnaXZlbiI6IkFkeWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJZb2dhdGFtYSIsImdpdmVuIjoiQWhtYWQiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJTdWNpIiwiZ2l2ZW4iOiJSYWhheXUiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJTaWRpIiwiZ2l2ZW4iOiJBZ3VzIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiYWNjZXNzZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI1LDksMTNdXX0sIkRPSSI6IjEwLjQxMDgvRUFJLjctMTAtMjAyMS4yMzE2Nzg0IiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyMiw0LDI3XV19LCJhYnN0cmFjdCI6IuKApiBUaGUgcHVycG9zZSBvZiB0aGlzIHN0dWR5IHdhcyB0byBkZXRlcm1pbmUgdGhlIGVmZmVjdCBvZiB0aGUgUGVudGEtaGVsaXggYnVzaW5lc3MgaW5jdWJhdG9yLCBtYXJrZXQgb3JpZW50YXRpb24sIGFuZCBlbnRyZXByZW5ldXJpYWwgb3JpZW50YXRpb24gb24gZHluYW1pYyBjYXBhYmlsaXR5IGFuZCBjb21wZXRpdGl2ZSDigKYiLCJwdWJsaXNoZXIiOiJFdXJvcGVhbiBBbGxpYW5jZSBmb3IgSW5ub3ZhdGlvbiBuLm8uIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ==&quot;,&quot;citationItems&quot;:[{&quot;id&quot;:&quot;c55c0a3e-d729-31d2-986d-e64c3436961f&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;c55c0a3e-d729-31d2-986d-e64c3436961f&quot;,&quot;title&quot;:&quot;The Influence of Financing, Financing Risk and Liquidity Risk on the Profitability of Private Islamic Commercial Banks (BUS) in Indonesia&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Ningsih&quot;,&quot;given&quot;:&quot;Wiwik Fitria&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Handayani&quot;,&quot;given&quot;:&quot;Yuniorita Indah&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;container-title&quot;:&quot;Jurnal Ilmiah Bisnis dan Ekonomi Asia&quot;,&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.32815/JIBEKA.V19I2.2368&quot;,&quot;ISSN&quot;:&quot;2620-875X&quot;,&quot;URL&quot;:&quot;https://jibeka.asia.ac.id/index.php/jibeka/article/view/2368&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2025,7,14]]},&quot;page&quot;:&quot;142-153&quot;,&quot;abstract&quot;:&quot;This research aims to determine the effect of mudharabah, musyarakah, murabahah financing, financing risk and liquidity risk on profitability in Private Sharia Commercial Banks in 2019-2023. The study used is quantitative explanatory method. The data used are derived from annual financial reports of Private Sharia Commercial Banks. The population in this research is Private Sharia Commercial Banks listed on the Financial Services Authority (OJK). The sampling technique used is the purposive sampling and obtained 5 banks. The data analysis used are classical assumption testing, multiple linear regression, coefficient of determination (R¬2) and hypothesis testing. The results show that mudharabah financing,&amp;nbsp; murabahah financing, financing risk, and liquidity risk partially have no effect on profitability while partially musyarakah financing has a significant effect on profitability. This result indicate that bank need to develop musyarakah financing, increase operational efficiency and develope effective risk managemen system. Meanwhile sharia banks need to improve management capabilities ini managing mudharabah and murabahah financing and develop new product that are more profitable.&amp;nbsp; Sharia banks have to maintain financing risk (NPF) so that it do not cause potential losses in the future, Sharia banks also need to improve managemen capabilities in managing liquidy risk&quot;,&quot;publisher&quot;:&quot;Institut Teknologi dan Bisnis Asia Malang&quot;,&quot;issue&quot;:&quot;2&quot;,&quot;volume&quot;:&quot;19&quot;,&quot;container-title-short&quot;:&quot;&quot;},&quot;isTemporary&quot;:false},{&quot;id&quot;:&quot;02416f06-d80d-3413-8feb-a01efdf7f2be&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;02416f06-d80d-3413-8feb-a01efdf7f2be&quot;,&quot;title&quot;:&quot;Creative Industry in the Post-Pandemic Digital Era: Meaningful Incubation, Customer Focus, and High Innovation as Strategies to Compete&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Anjaningrum&quot;,&quot;given&quot;:&quot;Widiya&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Hermawati&quot;,&quot;given&quot;:&quot;Adya&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Yogatama&quot;,&quot;given&quot;:&quot;Ahmad&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Suci&quot;,&quot;given&quot;:&quot;Rahayu&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Sidi&quot;,&quot;given&quot;:&quot;Agus&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.4108/EAI.7-10-2021.2316784&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2022,4,27]]},&quot;abstract&quot;:&quot;… The purpose of this study was to determine the effect of the Penta-helix business incubator, market orientation, and entrepreneurial orientation on dynamic capability and competitive …&quot;,&quot;publisher&quot;:&quot;European Alliance for Innovation n.o.&quot;,&quot;container-title-short&quot;:&quot;&quot;},&quot;isTemporary&quot;:false}]},{&quot;citationID&quot;:&quot;MENDELEY_CITATION_720cb86d-c6ba-4f5f-9349-60a913c47303&quot;,&quot;properties&quot;:{&quot;noteIndex&quot;:0},&quot;isEdited&quot;:false,&quot;manualOverride&quot;:{&quot;isManuallyOverridden&quot;:false,&quot;citeprocText&quot;:&quot;(1–5)&quot;,&quot;manualOverrideText&quot;:&quot;&quot;},&quot;citationTag&quot;:&quot;MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNzIwY2I4NmQtYzZiYS00ZjVmLTkzNDktNjBhOTEzYzQ3MzAzIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKDHigJM1KSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IiJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6ImY3NzFhZGViLThmYzUtM2MzYS05MjE4LTdlNDA2ZGYxNTc4OSIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6ImY3NzFhZGViLThmYzUtM2MzYS05MjE4LTdlNDA2ZGYxNTc4OSIsInRpdGxlIjoiVGhlIFN1c3RhaW5hYmlsaXR5IFJvbGUgb2YgV29tZW4gRW50cmVwcmVuZXVycyB0aHJvdWdoIHRoZSBEaWdpdGFsIEZpbmFuY2lhbCBMaXRlcmFjeSBNb3ZlbWVudCIsImF1dGhvciI6W3siZmFtaWx5IjoiRHVyYSIsImdpdmVuIjoiSnVzdGl0YSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IldhcmRhbmEiLCJnaXZlbiI6IkRpdHlhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiUG9wdWxhdGlvbiBhbmQgRWNvbm9taWNzIDgoMyk6IDEwOC0xMjkiLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsOSwxM11dfSwiRE9JIjoiMTAuMzg5Ny9QT1BFQ09OLjguRTExNjkyMyIsIklTU04iOiIyNjU4LTM3OTgiLCJVUkwiOiJodHRwczovL3BvcHVsYXRpb25hbmRlY29ub21pY3MucGVuc29mdC5uZXQvYXJ0aWNsZS8xMTY5MjMvIiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyNCwxMCwzMF1dfSwicGFnZSI6IjEwOC0xMjkiLCJhYnN0cmFjdCI6IlRoaXMgc3R1ZHkgZGlzY3Vzc2VzIGhvdyBmaW5hbmNpYWwgdGVjaG5vbG9neSBhbmQgZmluYW5jaWFsIGxpdGVyYWN5IHBsYXkgYSBjcnVjaWFsIHJvbGUgaW4gc3VwcG9ydGluZyB0aGUgc3VzdGFpbmFiaWxpdHkgb2Ygc21hbGwgYW5kIG1lZGl1bSBlbnRlcnByaXNlcyAoU01FcykgaW4gRWFzdCBKYXZhLiBUaGUgdXRpbGl6YXRpb24gb2YgZmluYW5jaWFsIHRlY2hub2xvZ3ksIHdoaWNoIGluY2x1ZGVzIHZhcmlvdXMgZGlnaXRhbCBzZXJ2aWNlcyBzdWNoIGFzIG9ubGluZSBwYXltZW50cyBhbmQgYWNjZXNzIHRvIGZpbmFuY2luZywgYWxvbmcgd2l0aCBmaW5hbmNpYWwgbGl0ZXJhY3ksIHdoaWNoIHJlZmVycyB0byB0aGUgdW5kZXJzdGFuZGluZyBhbmQgYWJpbGl0eSB0byBtYW5hZ2UgZmluYW5jZXMgd2lzZWx5LCBoYXMgYmVlbiBwcm92ZW4gdG8gYmUgZXNzZW50aWFsIGluIG1haW50YWluaW5nIHRoZSBjb21wZXRpdGl2ZW5lc3MgYW5kIGdyb3d0aCBvZiBidXNpbmVzc2VzLCBlc3BlY2lhbGx5IGFtb25nIGZlbWFsZSBlbnRyZXByZW5ldXJzLlRoZSByZXNlYXJjaCB3YXMgY29uZHVjdGVkIHVzaW5nIGEgc3VydmV5IGludm9sdmluZyAzOTAgZmVtYWxlIGVudHJlcHJlbmV1cnMgaW4gRWFzdCBKYXZhLCBzZWxlY3RlZCB0aHJvdWdoIHB1cnBvc2l2ZSBzYW1wbGluZy4gVXNpbmcgbXVsdGlwbGUgbGluZWFyIHJlZ3Jlc3Npb24gYW5hbHlzaXMsIHRoZSBmaW5kaW5ncyBpbmRpY2F0ZSB0aGF0IGJvdGggZmluYW5jaWFsIHRlY2hub2xvZ3kgYW5kIGZpbmFuY2lhbCBsaXRlcmFjeSBzaWduaWZpY2FudGx5IGltcGFjdCB0aGUgc3VzdGFpbmFiaWxpdHkgb2Ygd29tZW7igJlzIGJ1c2luZXNzZXMgaW4gdGhlIHJlZ2lvbi4gSG93ZXZlciwgdGhpcyBzdHVkeSBpcyBsaW1pdGVkIGJ5IGl0cyBmb2N1cyBzb2xlbHkgb24gZmVtYWxlIGVudHJlcHJlbmV1cnMgaW4gRWFzdCBKYXZhLCB3aGljaCBtYXkgcmVzdHJpY3QgdGhlIGdlbmVyYWxpemFiaWxpdHkgb2YgdGhlIHJlc3VsdHMgdG8gb3RoZXIgY2l0aWVzLiBUaGVyZWZvcmUsIGEgbGFyZ2VyIHNhbXBsZSBzaXplIGFjcm9zcyB2YXJpb3VzIHJlZ2lvbnMgd291bGQgcHJvdmlkZSBtb3JlIGNvbXByZWhlbnNpdmUgaW5zaWdodHMuIFRoaXMgc3R1ZHkgc3VnZ2VzdHMgdGhhdCB0aGUgRWFzdCBKYXZhIGdvdmVybm1lbnQgc2hvdWxkIHBheSBjbG9zZXIgYXR0ZW50aW9uIHRvIHRoaXMgc2VjdG9yLCBnaXZlbiBpdHMgc2lnbmlmaWNhbnQgY29udHJpYnV0aW9uIHRvIHRoZSByZWdpb25hbCBhbmQgbmF0aW9uYWwgZWNvbm9teS4iLCJwdWJsaXNoZXIiOiJGYWN1bHR5IG9mIEVjb25vbWljcywgTG9tb25vc292IE1vc2NvdyBTdGF0ZSBVbml2ZXJzaXR5IiwiaXNzdWUiOiIzIiwidm9sdW1lIjoiOCIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9LHsiaWQiOiJjNTVjMGEzZS1kNzI5LTMxZDItOTg2ZC1lNjRjMzQzNjk2MWYiLCJpdGVtRGF0YSI6eyJ0eXBlIjoiYXJ0aWNsZS1qb3VybmFsIiwiaWQiOiJjNTVjMGEzZS1kNzI5LTMxZDItOTg2ZC1lNjRjMzQzNjk2MWYiLCJ0aXRsZSI6IlRoZSBJbmZsdWVuY2Ugb2YgRmluYW5jaW5nLCBGaW5hbmNpbmcgUmlzayBhbmQgTGlxdWlkaXR5IFJpc2sgb24gdGhlIFByb2ZpdGFiaWxpdHkgb2YgUHJpdmF0ZSBJc2xhbWljIENvbW1lcmNpYWwgQmFua3MgKEJVUykgaW4gSW5kb25lc2lhIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJOaW5nc2loIiwiZ2l2ZW4iOiJXaXdpayBGaXRyaWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJIYW5kYXlhbmkiLCJnaXZlbiI6Ill1bmlvcml0YSBJbmRhaCIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6Ikp1cm5hbCBJbG1pYWggQmlzbmlzIGRhbiBFa29ub21pIEFzaWEiLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsOSwxM11dfSwiRE9JIjoiMTAuMzI4MTUvSklCRUtBLlYxOUkyLjIzNjgiLCJJU1NOIjoiMjYyMC04NzVYIiwiVVJMIjoiaHR0cHM6Ly9qaWJla2EuYXNpYS5hYy5pZC9pbmRleC5waHAvamliZWthL2FydGljbGUvdmlldy8yMzY4IiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw3LDE0XV19LCJwYWdlIjoiMTQyLTE1MyIsImFic3RyYWN0IjoiVGhpcyByZXNlYXJjaCBhaW1zIHRvIGRldGVybWluZSB0aGUgZWZmZWN0IG9mIG11ZGhhcmFiYWgsIG11c3lhcmFrYWgsIG11cmFiYWhhaCBmaW5hbmNpbmcsIGZpbmFuY2luZyByaXNrIGFuZCBsaXF1aWRpdHkgcmlzayBvbiBwcm9maXRhYmlsaXR5IGluIFByaXZhdGUgU2hhcmlhIENvbW1lcmNpYWwgQmFua3MgaW4gMjAxOS0yMDIzLiBUaGUgc3R1ZHkgdXNlZCBpcyBxdWFudGl0YXRpdmUgZXhwbGFuYXRvcnkgbWV0aG9kLiBUaGUgZGF0YSB1c2VkIGFyZSBkZXJpdmVkIGZyb20gYW5udWFsIGZpbmFuY2lhbCByZXBvcnRzIG9mIFByaXZhdGUgU2hhcmlhIENvbW1lcmNpYWwgQmFua3MuIFRoZSBwb3B1bGF0aW9uIGluIHRoaXMgcmVzZWFyY2ggaXMgUHJpdmF0ZSBTaGFyaWEgQ29tbWVyY2lhbCBCYW5rcyBsaXN0ZWQgb24gdGhlIEZpbmFuY2lhbCBTZXJ2aWNlcyBBdXRob3JpdHkgKE9KSykuIFRoZSBzYW1wbGluZyB0ZWNobmlxdWUgdXNlZCBpcyB0aGUgcHVycG9zaXZlIHNhbXBsaW5nIGFuZCBvYnRhaW5lZCA1IGJhbmtzLiBUaGUgZGF0YSBhbmFseXNpcyB1c2VkIGFyZSBjbGFzc2ljYWwgYXNzdW1wdGlvbiB0ZXN0aW5nLCBtdWx0aXBsZSBsaW5lYXIgcmVncmVzc2lvbiwgY29lZmZpY2llbnQgb2YgZGV0ZXJtaW5hdGlvbiAoUsKsMikgYW5kIGh5cG90aGVzaXMgdGVzdGluZy4gVGhlIHJlc3VsdHMgc2hvdyB0aGF0IG11ZGhhcmFiYWggZmluYW5jaW5nLCZuYnNwOyBtdXJhYmFoYWggZmluYW5jaW5nLCBmaW5hbmNpbmcgcmlzaywgYW5kIGxpcXVpZGl0eSByaXNrIHBhcnRpYWxseSBoYXZlIG5vIGVmZmVjdCBvbiBwcm9maXRhYmlsaXR5IHdoaWxlIHBhcnRpYWxseSBtdXN5YXJha2FoIGZpbmFuY2luZyBoYXMgYSBzaWduaWZpY2FudCBlZmZlY3Qgb24gcHJvZml0YWJpbGl0eS4gVGhpcyByZXN1bHQgaW5kaWNhdGUgdGhhdCBiYW5rIG5lZWQgdG8gZGV2ZWxvcCBtdXN5YXJha2FoIGZpbmFuY2luZywgaW5jcmVhc2Ugb3BlcmF0aW9uYWwgZWZmaWNpZW5jeSBhbmQgZGV2ZWxvcGUgZWZmZWN0aXZlIHJpc2sgbWFuYWdlbWVuIHN5c3RlbS4gTWVhbndoaWxlIHNoYXJpYSBiYW5rcyBuZWVkIHRvIGltcHJvdmUgbWFuYWdlbWVudCBjYXBhYmlsaXRpZXMgaW5pIG1hbmFnaW5nIG11ZGhhcmFiYWggYW5kIG11cmFiYWhhaCBmaW5hbmNpbmcgYW5kIGRldmVsb3AgbmV3IHByb2R1Y3QgdGhhdCBhcmUgbW9yZSBwcm9maXRhYmxlLiZuYnNwOyBTaGFyaWEgYmFua3MgaGF2ZSB0byBtYWludGFpbiBmaW5hbmNpbmcgcmlzayAoTlBGKSBzbyB0aGF0IGl0IGRvIG5vdCBjYXVzZSBwb3RlbnRpYWwgbG9zc2VzIGluIHRoZSBmdXR1cmUsIFNoYXJpYSBiYW5rcyBhbHNvIG5lZWQgdG8gaW1wcm92ZSBtYW5hZ2VtZW4gY2FwYWJpbGl0aWVzIGluIG1hbmFnaW5nIGxpcXVpZHkgcmlzayIsInB1Ymxpc2hlciI6Ikluc3RpdHV0IFRla25vbG9naSBkYW4gQmlzbmlzIEFzaWEgTWFsYW5nIiwiaXNzdWUiOiIyIiwidm9sdW1lIjoiMTkiLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfSx7ImlkIjoiMDI0MTZmMDYtZDgwZC0zNDEzLThmZWItYTAxZWZkZjdmMmJlIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiMDI0MTZmMDYtZDgwZC0zNDEzLThmZWItYTAxZWZkZjdmMmJlIiwidGl0bGUiOiJDcmVhdGl2ZSBJbmR1c3RyeSBpbiB0aGUgUG9zdC1QYW5kZW1pYyBEaWdpdGFsIEVyYTogTWVhbmluZ2Z1bCBJbmN1YmF0aW9uLCBDdXN0b21lciBGb2N1cywgYW5kIEhpZ2ggSW5ub3ZhdGlvbiBhcyBTdHJhdGVnaWVzIHRvIENvbXBldGUiLCJhdXRob3IiOlt7ImZhbWlseSI6IkFuamFuaW5ncnVtIiwiZ2l2ZW4iOiJXaWRpeWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJIZXJtYXdhdGkiLCJnaXZlbiI6IkFkeWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJZb2dhdGFtYSIsImdpdmVuIjoiQWhtYWQiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJTdWNpIiwiZ2l2ZW4iOiJSYWhheXUiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJTaWRpIiwiZ2l2ZW4iOiJBZ3VzIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiYWNjZXNzZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI1LDksMTNdXX0sIkRPSSI6IjEwLjQxMDgvRUFJLjctMTAtMjAyMS4yMzE2Nzg0IiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyMiw0LDI3XV19LCJhYnN0cmFjdCI6IuKApiBUaGUgcHVycG9zZSBvZiB0aGlzIHN0dWR5IHdhcyB0byBkZXRlcm1pbmUgdGhlIGVmZmVjdCBvZiB0aGUgUGVudGEtaGVsaXggYnVzaW5lc3MgaW5jdWJhdG9yLCBtYXJrZXQgb3JpZW50YXRpb24sIGFuZCBlbnRyZXByZW5ldXJpYWwgb3JpZW50YXRpb24gb24gZHluYW1pYyBjYXBhYmlsaXR5IGFuZCBjb21wZXRpdGl2ZSDigKYiLCJwdWJsaXNoZXIiOiJFdXJvcGVhbiBBbGxpYW5jZSBmb3IgSW5ub3ZhdGlvbiBuLm8uIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX0seyJpZCI6IjBiY2E3ODMzLTY5ZWMtMzBmNy1hYzFhLWM3ZGE3ZGM1MzMyNiIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6IjBiY2E3ODMzLTY5ZWMtMzBmNy1hYzFhLWM3ZGE3ZGM1MzMyNiIsInRpdGxlIjoiQ3JlYXRpdmUgSW5kdXN0cmllc8Oi4oKs4oSiIFJpc2sgQXBwZXRpdGUgaW4gRWFzdCBKYXZhIGFuZCBJdHMgSW1wYWN0IG9uIER5bmFtaWMgQ2FwYWJpbGl0eSBhbmQgQ29tcGV0aXRpdmUgQWR2YW50YWdlIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJTaWRpIiwiZ2l2ZW4iOiJBZ3VzIFB1cm5vbW8iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJTYW50b3NvIiwiZ2l2ZW4iOiJSaXNhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiQmludXMgQnVzaW5lc3MgUmV2aWV3IiwiYWNjZXNzZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI1LDksMTNdXX0sIkRPSSI6IjEwLjIxNTEyL0JCUi5WMTVJMi4xMDQyOSIsIklTU04iOiIyNDc2LTkwNTMiLCJVUkwiOiJodHRwczovL2pvdXJuYWwuYmludXMuYWMuaWQvaW5kZXgucGhwL0JCUi9hcnRpY2xlL3ZpZXcvMTA0MjkiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI0LDYsMTRdXX0sInBhZ2UiOiIxMDctMTE3IiwiYWJzdHJhY3QiOiJTdHVkaWVzIHJlbGF0ZWQgdG8gcmlzayBhcHBldGl0ZSwgd2hpY2ggcGxheXMgYW4gaW1wb3J0YW50IHJvbGUgaW4gcmlzayBtYW5hZ2VtZW50IGluIHRoZSBjcmVhdGl2ZSBlY29ub215IHNlY3Rvciwgc3RpbGwgbmVlZCB0byBiZSBtYWRlIGF2YWlsYWJsZSwgc28gcmVsYXRpbmcgaXQgd2l0aCBkeW5hbWljIGNhcGFiaWxpdGllcyBhbmQgY29tcGV0aXRpdmUgYWR2YW50YWdlIGlzIHRoZSBtYWluIG5vdmVsdHkgb2YgdGhlIHJlc2VhcmNoLiBUaGUgcmVzZWFyY2ggYWltZWQgdG8gdW5kZXJzdGFuZCB0aGUgcmlzayBhcHBldGl0ZSBvZiB0aGUgY3JlYXRpdmUgU21hbGwgYW5kIE1lZGl1bS1TaXplZCBFbnRlcnByaXNlcyAoU01FcykgaW4gRWFzdCBKYXZhLCBJbmRvbmVzaWEsIGFuZCBhbmFseXplIHRoZSBpbXBhY3Qgb2YgdGhlIHJpc2sgYXBwZXRpdGUgb24gdGhlaXIgZHluYW1pYyBjYXBhYmlsaXRpZXMgYW5kIGNvbXBldGl0aXZlIGFkdmFudGFnZXMuIFByaW1hcnkgZGF0YSB3YXMgb2J0YWluZWQgdGhyb3VnaCBhIHF1YW50aXRhdGl2ZSByZXNlYXJjaCBtZXRob2Qgd2l0aCBhIExpa2VydC1zaXplZCBvbmxpbmUgcXVlc3Rpb25uYWlyZSBpbnN0cnVtZW50IGFuZCBkaXN0cmlidXRlZCB0byAzMDAgY3JlYXRpdmUgaW5kdXN0cmllcyBpbiBFYXN0IEphdmEsIHdpdGggdGhlIHVuaXQgb2YgYW5hbHlzaXMgYmVpbmcgdGhlIGNyZWF0aXZlIGJ1c2luZXNzIG93bmVyLiBUaGUgZGF0YSB3ZXJlIGFuYWx5emVkIHVzaW5nIFBhcnRpYWwgTGVhc3QgU3F1YXJlIC0gU3RydWN0dXJhbCBFcXVhdGlvbiBNb2RlbGxpbmcgKFBMUy1TRU0pIHdlaWdodCBhbmFseXNpcyB3aXRoIFNtYXJ0UExTIHZlcnNpb24gNCBzb2Z0d2FyZS4gQWZ0ZXIgcGFzc2luZyB0aGUgZXh0ZXJuYWwgdGVzdCBhbmQgaW5uZXIgbW9kZWwsIGh5cG90aGVzaXMgdGVzdGluZyB3YXMgY2FycmllZCBvdXQgYnkgcmV2aWV3aW5nIHRoZSB0LXN0YXRpc3RpY3MgYW5kIHAtdmFsdWVzLiBUaGUgYW5hbHlzaXMgcmVzdWx0cyBwcm92aWRlIGEgc3VycHJpc2UsIHNob3dpbmcgdGhhdCBub3QgYWxsIHR5cGVzIG9mIHJpc2sgYXBwZXRpdGUgc2lnbmlmaWNhbnRseSBpbXBhY3QgZHluYW1pYyBjYXBhYmlsaXRpZXMgYW5kIGNvbXBldGl0aXZlIGFkdmFudGFnZS4gQXZvaWRpbmcgdGhlIGRpc2NvdmVyeSBvZiBkZXRyaW1lbnRhbCByaXNrcyB0byBkeW5hbWljIGNhcGFiaWxpdGllcyBhbmQgY29tcGV0aXRpdmUgYWR2YW50YWdlIGVtcGhhc2l6ZXMgdGhhdCBpbiB0aGlzIGVyYSwgZXZlcnkgY3JlYXRpdmUgU01FIG11c3QgZmFjZSByaXNrcy4gQXZvaWRpbmcgcmlza3MgbWFrZXMgdGhlIGJ1c2luZXNzIHVuYWJsZSB0byBmYWNlIGR5bmFtaWMgY2hhbmdlcyBpbiBjb25kaXRpb25zIGFuZCB3aWxsIG5vdCBoYXZlIGEgY29tcGV0aXRpdmUgYWR2YW50YWdlLiBIb3dldmVyLCByaXNrIGFuZCByZXZlbnVlIHNoYXJpbmcgZG8gbm90IHNpZ25pZmljYW50bHkgaW1wYWN0IGNvbXBldGl0aXZlIGFkdmFudGFnZS4gSXQgaGFzIGEgc3Ryb25nIGltcGFjdCB0aHJvdWdoIGR5bmFtaWMgY2FwYWJpbGl0aWVzLiBDcmVhdGl2ZSBTTUVzIGNhbiBjaG9vc2UgdG8gdHJhbnNmZXIgcmlza3Mgb3IgcmVkdWNlIHRoZW0uIEZ1dHVyZSByZXNlYXJjaCBjYW4gZXhhbWluZSBkaWZmZXJlbnQgcmlzayBhcHBldGl0ZXMgZm9yIGNyZWF0aXZlIGVjb25vbXkgaW4gZWFjaCBzdWJzZWN0b3IuIiwicHVibGlzaGVyIjoiVW5pdmVyc2l0YXMgQmluYSBOdXNhbnRhcmEiLCJpc3N1ZSI6IjIiLCJ2b2x1bWUiOiIxNSIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9LHsiaWQiOiI5YTU4ZmM1Zi01ZjVlLTNiMzktOWE0MS0yY2JmNWRjNzc1MDIiLCJpdGVtRGF0YSI6eyJ0eXBlIjoiYXJ0aWNsZS1qb3VybmFsIiwiaWQiOiI5YTU4ZmM1Zi01ZjVlLTNiMzktOWE0MS0yY2JmNWRjNzc1MDIiLCJ0aXRsZSI6IlNwdXJyaW5nIFNNRXPigJkgcGVyZm9ybWFuY2UgdGhyb3VnaCBidXNpbmVzcyBpbnRlbGxpZ2VuY2UsIG9yZ2FuaXphdGlvbmFsIGFuZCBuZXR3b3JrIGxlYXJuaW5nLCBjdXN0b21lciB2YWx1ZSBhbnRpY2lwYXRpb24sIGFuZCBpbm5vdmF0aW9uIC0gRW1waXJpY2FsIGV2aWRlbmNlIG9mIHRoZSBjcmVhdGl2ZSBlY29ub215IHNlY3RvciBpbiBFYXN0IEphdmEsIEluZG9uZXNpYSIsImF1dGhvciI6W3siZmFtaWx5IjoiQW5qYW5pbmdydW0iLCJnaXZlbiI6IldpZGl5YSBEZXdpIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiQXppemFoIiwiZ2l2ZW4iOiJOdXIiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJTdXJ5YWRpIiwiZ2l2ZW4iOiJOYW5hbmciLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJIZWxpeW9uIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiSGVsaXlvbiIsImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDEzXV19LCJET0kiOiIxMC4xMDE2L0ouSEVMSVlPTi4yMDI0LkUyNzk5OCIsIklTU04iOiIyNDA1ODQ0MCIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjQsNCwxNV1dfSwiYWJzdHJhY3QiOiJTZXZlcmFsIHN0dWRpZXMgaGF2ZSBleHBsb3JlZCBmaXJtIHBlcmZvcm1hbmNlIGluIHRoZSBwb3N0LUNvdmlkLTE5IHBhbmRlbWljIGVyYS4gSG93ZXZlciwgdGhlcmUgaXMgbm90IG11Y2ggcmVzZWFyY2ggdG8gZmluZCByZXBvcnRzIGRpdnVsZ2luZyB0aGUgY29tcGxleCByZWxhdGlvbnNoaXAgZHluYW1pY3MgYmV0d2VlbiBidXNpbmVzcyBpbnRlbGxpZ2VuY2UsIG9yZ2FuaXphdGlvbmFsIGFuZCBuZXR3b3JrIGxlYXJuaW5nLCBjdXN0b21lciB2YWx1ZSBhbnRpY2lwYXRpb24sIGFuZCBjcmVhdGl2ZSBlY29ub215LWJhc2VkIHNtYWxsLW1lZGl1bSBlbnRlcnByaXNlcyAoU01FcykgcGVyZm9ybWFuY2UgaW4gZGV2ZWxvcGluZyBjb3VudHJpZXMuIFRoaXMgc3R1ZHkgYWltcyB0byB1bmNvdmVyIHRoZSBjb21wbGV4aXR5IG9mIHRob3NlIHJlbGF0aW9uc2hpcHMuIFRoZSBxdWFudGl0YXRpdmUgZGF0YSB3ZXJlIGNvbGxlY3RlZCBmcm9tIDMxMyBjcmVhdGl2ZSBlY29ub215LWJhc2VkIFNNRXMgaW4gRWFzdCBKYXZhLCBJbmRvbmVzaWEuIFVzaW5nIFBMUy1TRU0sIHRoaXMgc3R1ZHkgZGlzY2xvc2VkIHRoYXQgYnVzaW5lc3MgaW50ZWxsaWdlbmNlIHByYWN0aWNlcyBjb3VsZCBub3QgZGlyZWN0bHkgaW1wYWN0IFNNRXMnIHBlcmZvcm1hbmNlLiBCdXNpbmVzcyBpbnRlbGxpZ2VuY2Ugd2lsbCBiZSBjcnVjaWFsIHRvIFNNRXMnIHBlcmZvcm1hbmNlIHdpdGggdGhlIHN1cHBvcnQgb2Ygb3JnYW5pemF0aW9uYWwgbGVhcm5pbmcgYXMgYSBtZWRpYXRvci4gVGhlIGZpbmRpbmcgYWxzbyBjb25maXJtZWQgdGhlIHByZXNlbmNlIG9mIHNlcmlhbCBtZWRpYXRpb24gb2Ygb3JnYW5pemF0aW9uYWwgbGVhcm5pbmcgYW5kIGlubm92YXRpb24gaW4gdGhlIHJlbGF0aW9uc2hpcCBiZXR3ZWVuIGJ1c2luZXNzIGludGVsbGlnZW5jZSBhbmQgU01FcycgcGVyZm9ybWFuY2UuIEhvd2V2ZXIsIHRoZSByb2xlIG9mIG5ldHdvcmsgbGVhcm5pbmcgYW5kIGlubm92YXRpb24gaXMgYWxzbyBpbXBvcnRhbnQsIGNvbnNpZGVyaW5nIHRoZWlyIHJlbGF0aXZlbHkgbGFyZ2UgZGlyZWN0IGltcGFjdCBvbiBTTUVz4oCZIHBlcmZvcm1hbmNlLiBUaGUgdGhlb3JldGljYWwgaW1wbGljYXRpb25zIG9mIHRoaXMgcmVzZWFyY2ggYnJva2UgdGhlIGJvdW5kYXJpZXMgb2Ygc3RyYXRlZ2ljIG1hbmFnZW1lbnQgdGhlb3J5IGluIHJlc291cmNlLWJhc2VkIHZpZXcgYW5kIGtub3dsZWRnZS1iYXNlZCB2aWV3IGluIHRoZSBsYXRlc3QgZXJhLCB3aGVyZSBjcmVhdGl2ZSBlY29ub215LWJhc2VkIFNNRXMgaGF2ZSBiZWVuIGFibGUgdG8gbW9iaWxpemUgcmVzb3VyY2VzIHRvIGNhcnJ5IG91dCBidXNpbmVzcyBpbnRlbGxpZ2VuY2UgdG8gcmVhbGl6ZSBpbm5vdmF0aW9uIGFuZCBoaWdoIHBlcmZvcm1hbmNlLiBGdXJ0aGVyIHJlc2VhcmNoIGlzIHN1Z2dlc3RlZCB0byBleHBsb3JlIHRoZSByb2xlIG9mIGJ1c2luZXNzIGludGVsbGlnZW5jZSBpbiBwcm9tb3Rpbmcgc3BlY2lmaWMgcGVyZm9ybWFuY2UgYXJlYXMsIHN1Y2ggYXMgbWFya2V0aW5nIHBlcmZvcm1hbmNlLCBmaW5hbmNpYWwgcGVyZm9ybWFuY2UsIGFuZCBodW1hbiByZXNvdXJjZSBtYW5hZ2VtZW50LiBJbiBhZGRpdGlvbiwgaXQgaXMgYWR2aXNhYmxlIHRvIGNob29zZSBtb3JlIHNwZWNpZmljIHJlc2VhcmNoIHN1YmplY3RzLCBpbmNsdWRpbmcgdGhvc2UgaW4gdGhlIGN1bGluYXJ5IHN1YnNlY3RvciwgYW5kIHBheSBhdHRlbnRpb24gdG8gb3RoZXIgYXJlYXMsIGUuZy4sIHRoZSBkZW1vZ3JhcGhpY3Mgb2YgcmVzcG9uZGVudHMgaW4gdGhlIG1vZGVsIGFzIGEgY29udHJvbCB2YXJpYWJsZS4iLCJwdWJsaXNoZXIiOiJFbHNldmllciBMdGQiLCJpc3N1ZSI6IjciLCJ2b2x1bWUiOiIxMCJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0=&quot;,&quot;citationItems&quot;:[{&quot;id&quot;:&quot;f771adeb-8fc5-3c3a-9218-7e406df15789&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;f771adeb-8fc5-3c3a-9218-7e406df15789&quot;,&quot;title&quot;:&quot;The Sustainability Role of Women Entrepreneurs through the Digital Financial Literacy Movement&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Dura&quot;,&quot;given&quot;:&quot;Justita&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Wardana&quot;,&quot;given&quot;:&quot;Ditya&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;container-title&quot;:&quot;Population and Economics 8(3): 108-129&quot;,&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.3897/POPECON.8.E116923&quot;,&quot;ISSN&quot;:&quot;2658-3798&quot;,&quot;URL&quot;:&quot;https://populationandeconomics.pensoft.net/article/116923/&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2024,10,30]]},&quot;page&quot;:&quot;108-129&quot;,&quot;abstract&quot;:&quot;This study discusses how financial technology and financial literacy play a crucial role in supporting the sustainability of small and medium enterprises (SMEs) in East Java. The utilization of financial technology, which includes various digital services such as online payments and access to financing, along with financial literacy, which refers to the understanding and ability to manage finances wisely, has been proven to be essential in maintaining the competitiveness and growth of businesses, especially among female entrepreneurs.The research was conducted using a survey involving 390 female entrepreneurs in East Java, selected through purposive sampling. Using multiple linear regression analysis, the findings indicate that both financial technology and financial literacy significantly impact the sustainability of women’s businesses in the region. However, this study is limited by its focus solely on female entrepreneurs in East Java, which may restrict the generalizability of the results to other cities. Therefore, a larger sample size across various regions would provide more comprehensive insights. This study suggests that the East Java government should pay closer attention to this sector, given its significant contribution to the regional and national economy.&quot;,&quot;publisher&quot;:&quot;Faculty of Economics, Lomonosov Moscow State University&quot;,&quot;issue&quot;:&quot;3&quot;,&quot;volume&quot;:&quot;8&quot;,&quot;container-title-short&quot;:&quot;&quot;},&quot;isTemporary&quot;:false},{&quot;id&quot;:&quot;c55c0a3e-d729-31d2-986d-e64c3436961f&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;c55c0a3e-d729-31d2-986d-e64c3436961f&quot;,&quot;title&quot;:&quot;The Influence of Financing, Financing Risk and Liquidity Risk on the Profitability of Private Islamic Commercial Banks (BUS) in Indonesia&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Ningsih&quot;,&quot;given&quot;:&quot;Wiwik Fitria&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Handayani&quot;,&quot;given&quot;:&quot;Yuniorita Indah&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;container-title&quot;:&quot;Jurnal Ilmiah Bisnis dan Ekonomi Asia&quot;,&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.32815/JIBEKA.V19I2.2368&quot;,&quot;ISSN&quot;:&quot;2620-875X&quot;,&quot;URL&quot;:&quot;https://jibeka.asia.ac.id/index.php/jibeka/article/view/2368&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2025,7,14]]},&quot;page&quot;:&quot;142-153&quot;,&quot;abstract&quot;:&quot;This research aims to determine the effect of mudharabah, musyarakah, murabahah financing, financing risk and liquidity risk on profitability in Private Sharia Commercial Banks in 2019-2023. The study used is quantitative explanatory method. The data used are derived from annual financial reports of Private Sharia Commercial Banks. The population in this research is Private Sharia Commercial Banks listed on the Financial Services Authority (OJK). The sampling technique used is the purposive sampling and obtained 5 banks. The data analysis used are classical assumption testing, multiple linear regression, coefficient of determination (R¬2) and hypothesis testing. The results show that mudharabah financing,&amp;nbsp; murabahah financing, financing risk, and liquidity risk partially have no effect on profitability while partially musyarakah financing has a significant effect on profitability. This result indicate that bank need to develop musyarakah financing, increase operational efficiency and develope effective risk managemen system. Meanwhile sharia banks need to improve management capabilities ini managing mudharabah and murabahah financing and develop new product that are more profitable.&amp;nbsp; Sharia banks have to maintain financing risk (NPF) so that it do not cause potential losses in the future, Sharia banks also need to improve managemen capabilities in managing liquidy risk&quot;,&quot;publisher&quot;:&quot;Institut Teknologi dan Bisnis Asia Malang&quot;,&quot;issue&quot;:&quot;2&quot;,&quot;volume&quot;:&quot;19&quot;,&quot;container-title-short&quot;:&quot;&quot;},&quot;isTemporary&quot;:false},{&quot;id&quot;:&quot;02416f06-d80d-3413-8feb-a01efdf7f2be&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;02416f06-d80d-3413-8feb-a01efdf7f2be&quot;,&quot;title&quot;:&quot;Creative Industry in the Post-Pandemic Digital Era: Meaningful Incubation, Customer Focus, and High Innovation as Strategies to Compete&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Anjaningrum&quot;,&quot;given&quot;:&quot;Widiya&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Hermawati&quot;,&quot;given&quot;:&quot;Adya&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Yogatama&quot;,&quot;given&quot;:&quot;Ahmad&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Suci&quot;,&quot;given&quot;:&quot;Rahayu&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Sidi&quot;,&quot;given&quot;:&quot;Agus&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.4108/EAI.7-10-2021.2316784&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2022,4,27]]},&quot;abstract&quot;:&quot;… The purpose of this study was to determine the effect of the Penta-helix business incubator, market orientation, and entrepreneurial orientation on dynamic capability and competitive …&quot;,&quot;publisher&quot;:&quot;European Alliance for Innovation n.o.&quot;,&quot;container-title-short&quot;:&quot;&quot;},&quot;isTemporary&quot;:false},{&quot;id&quot;:&quot;0bca7833-69ec-30f7-ac1a-c7da7dc53326&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;0bca7833-69ec-30f7-ac1a-c7da7dc53326&quot;,&quot;title&quot;:&quot;Creative Industriesâ€™ Risk Appetite in East Java and Its Impact on Dynamic Capability and Competitive Advantage&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Sidi&quot;,&quot;given&quot;:&quot;Agus Purnomo&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Santoso&quot;,&quot;given&quot;:&quot;Risa&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;container-title&quot;:&quot;Binus Business Review&quot;,&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.21512/BBR.V15I2.10429&quot;,&quot;ISSN&quot;:&quot;2476-9053&quot;,&quot;URL&quot;:&quot;https://journal.binus.ac.id/index.php/BBR/article/view/10429&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2024,6,14]]},&quot;page&quot;:&quot;107-117&quot;,&quot;abstract&quot;:&quot;Studies related to risk appetite, which plays an important role in risk management in the creative economy sector, still need to be made available, so relating it with dynamic capabilities and competitive advantage is the main novelty of the research. The research aimed to understand the risk appetite of the creative Small and Medium-Sized Enterprises (SMEs) in East Java, Indonesia, and analyze the impact of the risk appetite on their dynamic capabilities and competitive advantages. Primary data was obtained through a quantitative research method with a Likert-sized online questionnaire instrument and distributed to 300 creative industries in East Java, with the unit of analysis being the creative business owner. The data were analyzed using Partial Least Square - Structural Equation Modelling (PLS-SEM) weight analysis with SmartPLS version 4 software. After passing the external test and inner model, hypothesis testing was carried out by reviewing the t-statistics and p-values. The analysis results provide a surprise, showing that not all types of risk appetite significantly impact dynamic capabilities and competitive advantage. Avoiding the discovery of detrimental risks to dynamic capabilities and competitive advantage emphasizes that in this era, every creative SME must face risks. Avoiding risks makes the business unable to face dynamic changes in conditions and will not have a competitive advantage. However, risk and revenue sharing do not significantly impact competitive advantage. It has a strong impact through dynamic capabilities. Creative SMEs can choose to transfer risks or reduce them. Future research can examine different risk appetites for creative economy in each subsector.&quot;,&quot;publisher&quot;:&quot;Universitas Bina Nusantara&quot;,&quot;issue&quot;:&quot;2&quot;,&quot;volume&quot;:&quot;15&quot;,&quot;container-title-short&quot;:&quot;&quot;},&quot;isTemporary&quot;:false},{&quot;id&quot;:&quot;9a58fc5f-5f5e-3b39-9a41-2cbf5dc77502&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;9a58fc5f-5f5e-3b39-9a41-2cbf5dc77502&quot;,&quot;title&quot;:&quot;Spurring SMEs’ performance through business intelligence, organizational and network learning, customer value anticipation, and innovation - Empirical evidence of the creative economy sector in East Java, Indonesia&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Anjaningrum&quot;,&quot;given&quot;:&quot;Widiya Dewi&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Azizah&quot;,&quot;given&quot;:&quot;Nur&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Suryadi&quot;,&quot;given&quot;:&quot;Nanang&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;container-title&quot;:&quot;Heliyon&quot;,&quot;container-title-short&quot;:&quot;Heliyon&quot;,&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.1016/J.HELIYON.2024.E27998&quot;,&quot;ISSN&quot;:&quot;24058440&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2024,4,15]]},&quot;abstract&quot;:&quot;Several studies have explored firm performance in the post-Covid-19 pandemic era. However, there is not much research to find reports divulging the complex relationship dynamics between business intelligence, organizational and network learning, customer value anticipation, and creative economy-based small-medium enterprises (SMEs) performance in developing countries. This study aims to uncover the complexity of those relationships. The quantitative data were collected from 313 creative economy-based SMEs in East Java, Indonesia. Using PLS-SEM, this study disclosed that business intelligence practices could not directly impact SMEs' performance. Business intelligence will be crucial to SMEs' performance with the support of organizational learning as a mediator. The finding also confirmed the presence of serial mediation of organizational learning and innovation in the relationship between business intelligence and SMEs' performance. However, the role of network learning and innovation is also important, considering their relatively large direct impact on SMEs’ performance. The theoretical implications of this research broke the boundaries of strategic management theory in resource-based view and knowledge-based view in the latest era, where creative economy-based SMEs have been able to mobilize resources to carry out business intelligence to realize innovation and high performance. Further research is suggested to explore the role of business intelligence in promoting specific performance areas, such as marketing performance, financial performance, and human resource management. In addition, it is advisable to choose more specific research subjects, including those in the culinary subsector, and pay attention to other areas, e.g., the demographics of respondents in the model as a control variable.&quot;,&quot;publisher&quot;:&quot;Elsevier Ltd&quot;,&quot;issue&quot;:&quot;7&quot;,&quot;volume&quot;:&quot;10&quot;},&quot;isTemporary&quot;:false}]}]"/>
     <we:property name="MENDELEY_CITATIONS_STYLE" value="{&quot;id&quot;:&quot;https://www.zotero.org/styles/vancouver&quot;,&quot;title&quot;:&quot;Vancouver&quot;,&quot;format&quot;:&quot;numeric&quot;,&quot;defaultLocale&quot;:null,&quot;isLocaleCodeValid&quot;:true}"/>
   </we:properties>
   <we:bindings/>
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCCB4B1A-F246-4F6F-8941-306A5C346174}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>2025 TEMPLATE - Blind _Cambria_Style</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6102</Characters>
+  <Pages>5</Pages>
+  <Words>1209</Words>
+  <Characters>6894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7158</CharactersWithSpaces>
+  <CharactersWithSpaces>8087</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ps</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Mendeley Recent Style Id 0_1">
     <vt:lpwstr>http://www.zotero.org/styles/american-medical-association</vt:lpwstr>
   </property>
@@ -6775,32 +7455,32 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Mendeley Recent Style Name 6_1">
     <vt:lpwstr>IEEE</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Mendeley Recent Style Id 7_1">
     <vt:lpwstr>http://www.zotero.org/styles/modern-humanities-research-association</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Mendeley Recent Style Name 7_1">
     <vt:lpwstr>Modern Humanities Research Association 3rd edition (note with bibliography)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Mendeley Recent Style Id 8_1">
     <vt:lpwstr>http://www.zotero.org/styles/modern-language-association</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Mendeley Recent Style Name 8_1">
     <vt:lpwstr>Modern Language Association 8th edition</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Mendeley Recent Style Id 9_1">
     <vt:lpwstr>http://www.zotero.org/styles/vancouver</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Mendeley Recent Style Name 9_1">
     <vt:lpwstr>Vancouver</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Mendeley Document_1">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Mendeley Unique User Id_1">
-    <vt:lpwstr>0c0b3dc6-c08e-3ee7-abf7-bf831e6ced18</vt:lpwstr>
+    <vt:lpwstr>fb75c1c3-6bef-3c4b-a71a-43a0e8b0ad08</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Mendeley Citation Style_1">
     <vt:lpwstr>http://www.zotero.org/styles/vancouver</vt:lpwstr>
   </property>
 </Properties>
 </file>