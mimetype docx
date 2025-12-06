--- v1 (2025-11-15)
+++ v2 (2025-12-06)
@@ -7,78 +7,303 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.template.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2B9AC53B" w14:textId="54AB1172" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="005D212A">
+    <w:p w14:paraId="2B9AC53B" w14:textId="51A26317" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00BE050B" w:rsidP="005D212A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
-      <w:r w:rsidRPr="001F5DDD">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DC04298" wp14:editId="67C8D1CA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-3283</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>575</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1828800" cy="8474171"/>
+                <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1086172668" name="Group 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1828800" cy="8474171"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="1828800" cy="8474171"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="805810913" name="Persegi 202"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1828800" cy="242326"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="E8E8E8"/>
+                          </a:solidFill>
+                          <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                            <a:noFill/>
+                            <a:prstDash val="solid"/>
+                            <a:miter lim="800000"/>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="945518170" name="Persegi 203"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="828136"/>
+                            <a:ext cx="1828800" cy="7646035"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="E8E8E8"/>
+                          </a:solidFill>
+                          <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                            <a:noFill/>
+                            <a:prstDash val="solid"/>
+                            <a:miter lim="800000"/>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="5CFEC705" w14:textId="21000724" w:rsidR="00BE050B" w:rsidRPr="00BE050B" w:rsidRDefault="00BE050B" w:rsidP="00BE050B">
+                              <w:pPr>
+                                <w:pStyle w:val="Tableleft"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:color w:val="000000" w:themeColor="text1"/>
+                                  <w:lang w:val="id-ID"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:color w:val="000000" w:themeColor="text1"/>
+                                  <w:lang w:val="id-ID"/>
+                                </w:rPr>
+                                <w:t>LEAVE IT BLANK</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00591AE6">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:color w:val="000000" w:themeColor="text1"/>
+                                  <w:lang w:val="id-ID"/>
+                                </w:rPr>
+                                <w:t>!</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="182880" rIns="109728" bIns="228600" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="701329563" name="Kotak Teks 204"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="241540"/>
+                            <a:ext cx="1828800" cy="585471"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFF00"/>
+                          </a:solidFill>
+                          <a:ln w="6350">
+                            <a:noFill/>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="0E64FD4B" w14:textId="77777777" w:rsidR="00BE050B" w:rsidRDefault="00BE050B" w:rsidP="00BE050B">
+                              <w:pPr>
+                                <w:pStyle w:val="TableHeader"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:t>Article information</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="91440" rIns="91440" bIns="91440" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="5DC04298" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.25pt;margin-top:.05pt;width:2in;height:667.25pt;z-index:251663360" coordsize="18288,84741" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBC15sDdAMAAEIMAAAOAAAAZHJzL2Uyb0RvYy54bWzkVltP2zAUfp+0/2DlfeTSpE0jCmLcNA0B&#10;Ekw8u65zEY7t2S4p+/U7tpMCBQ2tE2ISRQp27JzL5/Odz7v7q5ahO6p0I/gsiHeiAFFOxKLh1Sz4&#10;cX3yJQ+QNpgvMBOczoJ7qoP9vc+fdjtZ0ETUgi2oQmCE66KTs6A2RhZhqElNW6x3hKQcFkuhWmxg&#10;qqpwoXAH1lsWJlE0DjuhFlIJQrWGt0d+Mdhz9suSEnNRlpoaxGYBxGbcU7nn3D7DvV1cVArLuiF9&#10;GHiLKFrccHC6NnWEDUZL1Twz1TZECS1Ks0NEG4qybAh1OUA2cbSRzakSS+lyqYqukmuYANoNnLY2&#10;S87vTpW8kpcKkOhkBVi4mc1lVarW/oco0cpBdr+GjK4MIvAyzpM8jwBZAmt5OknjSexBJTUg/+w7&#10;Uh+/8mU4OA6fhNNJKBD9gIH+Nwyuaiypg1YXgMGlQs0CEoiyPI6m8ShAHLdQrpdQ2bRqUBIlNisb&#10;BOxew6ULDchthVWSJqNkbI2uE8aFVNqcUtEiO5gFCsrXVRW+O9PGbx22WKdasGZx0jDmJqqaHzKF&#10;7jCU+nFu/3rrT7Yxjjo4tmTiDg0D5UqGDZxfKwEAzasAYVYBl4lRzjcX1gM49+EdYV17H86sP+u2&#10;McBi1rQWQvvrPTNuP6OOh30GFkIPmh3NxeIesFfCE1NLctJA6mdYm0usgIlQWdBdzAU8SiYgctGP&#10;AlQL9eul93Y/FAesBqgDZkNWP5dY0QCxbxzKZhqnqW0FbpJmkwQm6vHK/PEKX7aHAhCNoY9J4oZ2&#10;v2HDsFSivYEmdGC9whLmBHx7/PrJofEdB9oYoQcHbhvQX2Jzxq8kscYHeK9XN1jJ/vwNsOxcDKWK&#10;i40y8Hvtl1wcLI0oG1cjD7hCbdkJ0MaX7pvzZ5pmWZzHE4Bhkz8jWxI2mr/gD/SWeOQ4AkX0UtuY&#10;jNNxNMr6ahv61UCRD8Mis5qvenTfnVBeEAZGQTOdJHAF8JRKknxs287WnII+5en1YRg1ieJRMs3G&#10;a0X6Lgy+Rdf0VoMopRukQmb1VVhVHt7/UZ6SNM6gE7rW/iK9sjxLvZy/hUadwG+tFE5MBinzGjUe&#10;ZdFTBYIoXlUUywWn5WsM3p0SveC8oDH9ytZ8sBr9HzHC3djgouruNP2l2t6EH8+dJj1c/fd+AwAA&#10;//8DAFBLAwQUAAYACAAAACEAc9eGnNwAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOQWvCQBCF&#10;74X+h2UKvekmplpJsxGRticpVAvibcyOSTC7G7JrEv99x1N7/OY93nzZajSN6KnztbMK4mkEgmzh&#10;dG1LBT/7j8kShA9oNTbOkoIbeVjljw8ZptoN9pv6XSgFj1ifooIqhDaV0hcVGfRT15Ll7Ow6g4Gx&#10;K6XucOBx08hZFC2kwdryhwpb2lRUXHZXo+BzwGGdxO/99nLe3I77+ddhG5NSz0/j+g1EoDH8leGu&#10;z+qQs9PJXa32olEwmXPxfhYczpavjCfGJHlZgMwz+d8//wUAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBC15sDdAMAAEIMAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBz14ac3AAAAAcBAAAPAAAAAAAAAAAAAAAAAM4FAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA1wYAAAAA&#10;">
+                <v:rect id="Persegi 202" o:spid="_x0000_s1027" style="position:absolute;width:18288;height:2423;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAbOW7PygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RV6q7tpUWJ0lSIIzUHEP/T8mn0mwezbkF1j/PZdQfA4zMxvmPlysI3oqfO1Yw3JSIEg&#10;LpypudRwPKw/UhA+IBtsHJOGG3lYLl5f5pgZd+Ud9ftQighhn6GGKoQ2k9IXFVn0I9cSR+/kOosh&#10;yq6UpsNrhNtGfio1kRZrjgsVtrSqqDjvL1bDYXveynytfuvpZlJe8v5W/OUrrd/fhu8ZiEBDeIYf&#10;7R+jIVXjNFHT5Avul+IdkIt/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABs5bs/KAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" fillcolor="#e8e8e8" stroked="f" strokeweight="1pt"/>
+                <v:rect id="Persegi 203" o:spid="_x0000_s1028" style="position:absolute;top:8281;width:18288;height:76460;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBClFgXygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PS8Mw&#10;GMbvg32H8A68iEs6Vp112RBhbF4Epx68vTSvTVnzpjZZ1357cxB2fHj+8VtvB9eInrpQe9aQzRUI&#10;4tKbmisNnx+7uxWIEJENNp5Jw0gBtpvpZI2F8Rd+p/4YK5FGOBSowcbYFlKG0pLDMPctcfJ+fOcw&#10;JtlV0nR4SeOukQul7qXDmtODxZZeLJWn49lpaN6+f+n2y4W9Vzbf96/jQp1GrW9mw/MTiEhDvIb/&#10;2wej4XGZ59kqe0gQCSnhgNz8AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEKUWBfKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" fillcolor="#e8e8e8" stroked="f" strokeweight="1pt">
+                  <v:textbox inset=",14.4pt,8.64pt,18pt">
+                    <w:txbxContent>
+                      <w:p w14:paraId="5CFEC705" w14:textId="21000724" w:rsidR="00BE050B" w:rsidRPr="00BE050B" w:rsidRDefault="00BE050B" w:rsidP="00BE050B">
+                        <w:pPr>
+                          <w:pStyle w:val="Tableleft"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:lang w:val="id-ID"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:lang w:val="id-ID"/>
+                          </w:rPr>
+                          <w:t>LEAVE IT BLANK</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00591AE6">
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:lang w:val="id-ID"/>
+                          </w:rPr>
+                          <w:t>!</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="Kotak Teks 204" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;top:2415;width:18288;height:5855;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB1IV45yQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsIw&#10;EITvlXgHaytxKw4/hZBiEEKt4ArtAW5LvE2ixmsrNpC8PUaqxHE0M99oFqvW1OJKja8sKxgOEhDE&#10;udUVFwp+vr/eUhA+IGusLZOCjjyslr2XBWba3nhP10MoRISwz1BBGYLLpPR5SQb9wDri6P3axmCI&#10;simkbvAW4aaWoySZSoMVx4USHW1Kyv8OF6PAbXl37iYnnHXd8fOycena5qlS/dd2/QEiUBue4f/2&#10;TiuYJcPxaP4+HcPjUrwDcnkHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdSFeOckAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="yellow" stroked="f" strokeweight=".5pt">
+                  <v:textbox inset=",7.2pt,,7.2pt">
+                    <w:txbxContent>
+                      <w:p w14:paraId="0E64FD4B" w14:textId="77777777" w:rsidR="00BE050B" w:rsidRDefault="00BE050B" w:rsidP="00BE050B">
+                        <w:pPr>
+                          <w:pStyle w:val="TableHeader"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:t>Article information</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap type="square"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00320E8E" w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve">Write the title briefly, </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D212A">
+      <w:r w:rsidR="00320E8E" w:rsidRPr="005D212A">
         <w:t>clearly</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F5DDD">
+      <w:r w:rsidR="00320E8E" w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D212A">
+      <w:r w:rsidR="00320E8E" w:rsidRPr="005D212A">
         <w:t>concisely</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F5DDD">
+      <w:r w:rsidR="00320E8E" w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve">, interesting, and describing the content maximum 15 words, sentence case, bold, 14pt size </w:t>
       </w:r>
       <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
         <w:t>[Title]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B8D26D9" w14:textId="5EB8052A" w:rsidR="00320E8E" w:rsidRPr="005D212A" w:rsidRDefault="00320E8E" w:rsidP="005D212A">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r w:rsidRPr="005D212A">
         <w:t>(Subtitle 12pt size, capital first letter can be used when needed)</w:t>
       </w:r>
       <w:r w:rsidR="009C31DD" w:rsidRPr="005D212A">
         <w:t xml:space="preserve"> [Subtitle]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21183870" w14:textId="7FCC9945" w:rsidR="00320E8E" w:rsidRPr="005D212A" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="005D212A">
         <w:t>Abstract</w:t>
       </w:r>
       <w:r w:rsidR="009C31DD" w:rsidRPr="005D212A">
@@ -379,273 +604,182 @@
     </w:p>
     <w:p w14:paraId="39550904" w14:textId="5CB514E6" w:rsidR="00915498" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve">Authors are encouraged to use Mendeley or Zotero Reference Manager Software. The citation and reference formatting should follow the Vancouver Style guidelines. While it is not necessary to have an extensive list of references, a minimum of 15 references is required with at least 80% of them from main </w:t>
       </w:r>
       <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
         <w:t>sources</w:t>
       </w:r>
       <w:r w:rsidRPr="001F5DDD">
         <w:t>. Journal article references are recommended to be no more than 7 years old, except if they remain relevant 30% at most.</w:t>
       </w:r>
       <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve">  Provision of a DOI link for each reference from a journal is not mandatory; however, we strongly advocate for it.</w:t>
       </w:r>
       <w:r w:rsidR="00915498" w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="415C55D2" w14:textId="4A3B5A57" w:rsidR="00052427" w:rsidRPr="001F5DDD" w:rsidRDefault="006A1CCD" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:t>Example:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
         <w:tag w:val="MENDELEY_BIBLIOGRAPHY"/>
         <w:id w:val="926004911"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
-      <w:sdtEndPr>
-[...3 lines deleted...]
-      </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="4E54C50C" w14:textId="77777777" w:rsidR="00052427" w:rsidRDefault="00052427" w:rsidP="00D601DF">
           <w:pPr>
             <w:pStyle w:val="Reference"/>
             <w:divId w:val="2002539418"/>
             <w:rPr>
               <w:kern w:val="0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="none"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:t>1.</w:t>
           </w:r>
           <w:r>
             <w:tab/>
             <w:t xml:space="preserve">Dura J, Wardana D. The Sustainability Role of Women Entrepreneurs through the Digital Financial Literacy Movement. Population and Economics 8(3): 108-129 [Internet]. 2024 </w:t>
           </w:r>
           <w:r>
             <w:lastRenderedPageBreak/>
             <w:t>Oct 30 [cited 2025 Sep 13];8(3):108–29. Available from: https://populationandeconomics.pensoft.net/article/116923/</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="25184C68" w14:textId="77777777" w:rsidR="00052427" w:rsidRDefault="00052427" w:rsidP="00D601DF">
           <w:pPr>
             <w:pStyle w:val="Reference"/>
             <w:divId w:val="1333533278"/>
           </w:pPr>
           <w:r>
             <w:t>2.</w:t>
           </w:r>
           <w:r>
             <w:tab/>
-            <w:t xml:space="preserve">Ningsih WF, </w:t>
-[...7 lines deleted...]
-            <w:t xml:space="preserve"> YI. The </w:t>
+            <w:t xml:space="preserve">Ningsih WF, Handayani YI. The </w:t>
           </w:r>
           <w:r w:rsidRPr="00052427">
             <w:t>Influence</w:t>
           </w:r>
           <w:r>
-            <w:t xml:space="preserve"> of Financing, Financing Risk and Liquidity Risk on the Profitability of Private Islamic Commercial Banks (BUS) in Indonesia. </w:t>
-[...23 lines deleted...]
-            <w:t xml:space="preserve"> dan Ekonomi Asia [Internet]. 2025 Jul 14 [cited 2025 Sep 13];19(2):142–53. Available from: https://jibeka.asia.ac.id/index.php/jibeka/article/view/2368</w:t>
+            <w:t xml:space="preserve"> of Financing, Financing Risk and Liquidity Risk on the Profitability of Private Islamic Commercial Banks (BUS) in Indonesia. Jurnal Ilmiah Bisnis dan Ekonomi Asia [Internet]. 2025 Jul 14 [cited 2025 Sep 13];19(2):142–53. Available from: https://jibeka.asia.ac.id/index.php/jibeka/article/view/2368</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="3037EC9A" w14:textId="77777777" w:rsidR="00052427" w:rsidRDefault="00052427" w:rsidP="00D601DF">
           <w:pPr>
             <w:pStyle w:val="Reference"/>
             <w:divId w:val="278338861"/>
           </w:pPr>
           <w:r>
             <w:t>3.</w:t>
           </w:r>
           <w:r>
             <w:tab/>
-          </w:r>
-[...38 lines deleted...]
-            <w:t xml:space="preserve"> </w:t>
+            <w:t xml:space="preserve">Anjaningrum W, Hermawati A, Yogatama A, Suci R, Sidi A. Creative Industry in the Post-Pandemic Digital Era: Meaningful Incubation, Customer Focus, and High Innovation as Strategies to Compete. 2022 Apr 27; </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="6C7C99F9" w14:textId="77777777" w:rsidR="00052427" w:rsidRDefault="00052427" w:rsidP="00D601DF">
           <w:pPr>
             <w:pStyle w:val="Reference"/>
             <w:divId w:val="2030597920"/>
           </w:pPr>
           <w:r>
             <w:t>4.</w:t>
           </w:r>
           <w:r>
             <w:tab/>
-            <w:t xml:space="preserve">Sidi AP, Santoso R. Creative </w:t>
-[...3 lines deleted...]
-            <w:t>Industriesâ€</w:t>
+            <w:t>Sidi AP, Santoso R. Creative Industriesâ€</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:vertAlign w:val="superscript"/>
             </w:rPr>
             <w:t>TM</w:t>
           </w:r>
-          <w:proofErr w:type="spellEnd"/>
           <w:r>
             <w:t xml:space="preserve"> Risk Appetite in East Java and Its Impact on Dynamic Capability and Competitive Advantage. Binus Business Review [Internet]. 2024 Jun 14 [cited 2025 Sep 13];15(2):107–17. Available from: https://journal.binus.ac.id/index.php/BBR/article/view/10429</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="7FA2950F" w14:textId="77777777" w:rsidR="00A1243C" w:rsidRDefault="00052427" w:rsidP="00D601DF">
           <w:pPr>
             <w:pStyle w:val="Reference"/>
             <w:divId w:val="2091612005"/>
           </w:pPr>
           <w:r>
             <w:t>5.</w:t>
           </w:r>
           <w:r>
             <w:tab/>
-          </w:r>
-[...22 lines deleted...]
-            <w:t xml:space="preserve">. 2024 Apr 15;10(7). </w:t>
+            <w:t xml:space="preserve">Anjaningrum WD, Azizah N, Suryadi N. Spurring SMEs’ performance through business intelligence, organizational and network learning, customer value anticipation, and innovation - Empirical evidence of the creative economy sector in East Java, Indonesia. Heliyon. 2024 Apr 15;10(7). </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="70DBC658" w14:textId="74E4912E" w:rsidR="00915498" w:rsidRPr="00A1243C" w:rsidRDefault="00A1243C" w:rsidP="004314FF">
           <w:pPr>
             <w:divId w:val="2091612005"/>
           </w:pPr>
           <w:r>
             <w:t>[Reference]</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="3A5523B7" w14:textId="1005D0CD" w:rsidR="00320E8E" w:rsidRPr="00A1243C" w:rsidRDefault="00320E8E" w:rsidP="00D601DF">
       <w:pPr>
         <w:pStyle w:val="TableCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00A1243C">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Table \* ARABIC ">
-[...3 lines deleted...]
-      </w:fldSimple>
+      <w:r w:rsidR="007465C7">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="007465C7">
+        <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="007465C7">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="007465C7" w:rsidRPr="00A1243C">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007465C7">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="00A1243C">
         <w:t xml:space="preserve"> Data</w:t>
       </w:r>
       <w:r w:rsidR="00264C61" w:rsidRPr="00A1243C">
         <w:t xml:space="preserve"> [Table Caption]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9309" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3103"/>
         <w:gridCol w:w="3103"/>
         <w:gridCol w:w="3103"/>
       </w:tblGrid>
       <w:tr w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w14:paraId="68403620" w14:textId="77777777" w:rsidTr="004314FF">
         <w:trPr>
           <w:cantSplit/>
@@ -728,57 +862,52 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02696230" w14:textId="5A6A368B" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="Tableleft"/>
             </w:pPr>
             <w:r w:rsidRPr="001F5DDD">
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
               <w:t xml:space="preserve"> [Table Left]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1FE888E2" w14:textId="06861C39" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001F5DDD">
-              <w:t>Mr</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Hamid</w:t>
+              <w:t>Mr Hamid</w:t>
             </w:r>
             <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
               <w:t xml:space="preserve"> [Table Paragraph]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="36D7F77C" w14:textId="1D18F173" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
             <w:r w:rsidRPr="001F5DDD">
               <w:t>Head village</w:t>
             </w:r>
             <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
               <w:t xml:space="preserve"> [Table Paragraph]</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -850,57 +979,52 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="77F3DFA6" w14:textId="4A5D94CE" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="Tableleft"/>
             </w:pPr>
             <w:r w:rsidRPr="001F5DDD">
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
               <w:t xml:space="preserve"> [Table Left]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61D7D81E" w14:textId="601DF682" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001F5DDD">
-              <w:t>Mr</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Robi</w:t>
+              <w:t>Mr Robi</w:t>
             </w:r>
             <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
               <w:t xml:space="preserve"> [Table Paragraph]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="308AD7A2" w14:textId="3A246223" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
             <w:r w:rsidRPr="001F5DDD">
               <w:t>Sub-District Head</w:t>
             </w:r>
             <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
               <w:t xml:space="preserve"> [Table Paragraph]</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -916,59 +1040,51 @@
       <w:r w:rsidRPr="004314FF">
         <w:t>Year</w:t>
       </w:r>
       <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve"> [Source]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C392C5" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="001F5DDD">
         <w:t>Formula [Heading 2]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34E27578" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:t>Author is suggested to use the equation editor in the typing formula. The formulas should be located on the left where the caption number is at the end of the right margin which is preceded by periods along the formula and description number.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EC157A1" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="00D601DF">
       <w:pPr>
         <w:pStyle w:val="Formula"/>
       </w:pPr>
       <w:r w:rsidRPr="001F5DDD">
-        <w:t xml:space="preserve">Y </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> + β1.X1it + β2.X2it + β3.X3it + β4.X4it + β5.X5it + β6.X6it </w:t>
+        <w:t xml:space="preserve">Y =  α + β1.X1it + β2.X2it + β3.X3it + β4.X4it + β5.X5it + β6.X6it </w:t>
       </w:r>
       <w:r w:rsidRPr="001F5DDD">
         <w:tab/>
         <w:t xml:space="preserve"> 1 [Formula]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4227847C" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="001F5DDD">
         <w:t>Citation [Heading 2]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="011267E9" w14:textId="7AC86B62" w:rsidR="001F5DDD" w:rsidRPr="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve">Citation in the Vancouver style is a numbering system commonly used in scientific publications in the medical and health sciences fields. The writing method is quite straightforward. Within the body of the text, each reference is assigned a number sequentially according to its first appearance. This number is typically placed in square brackets at the end of the sentence or clause where the source is cited </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fOTdhOTkzYzAtZDg1ZS00OGY2LTkxNjAtYTU2OTZmNTQxM2ZiIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKDEpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiZjc3MWFkZWItOGZjNS0zYzNhLTkyMTgtN2U0MDZkZjE1Nzg5IiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiZjc3MWFkZWItOGZjNS0zYzNhLTkyMTgtN2U0MDZkZjE1Nzg5IiwidGl0bGUiOiJUaGUgU3VzdGFpbmFiaWxpdHkgUm9sZSBvZiBXb21lbiBFbnRyZXByZW5ldXJzIHRocm91Z2ggdGhlIERpZ2l0YWwgRmluYW5jaWFsIExpdGVyYWN5IE1vdmVtZW50IiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJEdXJhIiwiZ2l2ZW4iOiJKdXN0aXRhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiV2FyZGFuYSIsImdpdmVuIjoiRGl0eWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJQb3B1bGF0aW9uIGFuZCBFY29ub21pY3MgOCgzKTogMTA4LTEyOSIsImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDEzXV19LCJET0kiOiIxMC4zODk3L1BPUEVDT04uOC5FMTE2OTIzIiwiSVNTTiI6IjI2NTgtMzc5OCIsIlVSTCI6Imh0dHBzOi8vcG9wdWxhdGlvbmFuZGVjb25vbWljcy5wZW5zb2Z0Lm5ldC9hcnRpY2xlLzExNjkyMy8iLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI0LDEwLDMwXV19LCJwYWdlIjoiMTA4LTEyOSIsImFic3RyYWN0IjoiVGhpcyBzdHVkeSBkaXNjdXNzZXMgaG93IGZpbmFuY2lhbCB0ZWNobm9sb2d5IGFuZCBmaW5hbmNpYWwgbGl0ZXJhY3kgcGxheSBhIGNydWNpYWwgcm9sZSBpbiBzdXBwb3J0aW5nIHRoZSBzdXN0YWluYWJpbGl0eSBvZiBzbWFsbCBhbmQgbWVkaXVtIGVudGVycHJpc2VzIChTTUVzKSBpbiBFYXN0IEphdmEuIFRoZSB1dGlsaXphdGlvbiBvZiBmaW5hbmNpYWwgdGVjaG5vbG9neSwgd2hpY2ggaW5jbHVkZXMgdmFyaW91cyBkaWdpdGFsIHNlcnZpY2VzIHN1Y2ggYXMgb25saW5lIHBheW1lbnRzIGFuZCBhY2Nlc3MgdG8gZmluYW5jaW5nLCBhbG9uZyB3aXRoIGZpbmFuY2lhbCBsaXRlcmFjeSwgd2hpY2ggcmVmZXJzIHRvIHRoZSB1bmRlcnN0YW5kaW5nIGFuZCBhYmlsaXR5IHRvIG1hbmFnZSBmaW5hbmNlcyB3aXNlbHksIGhhcyBiZWVuIHByb3ZlbiB0byBiZSBlc3NlbnRpYWwgaW4gbWFpbnRhaW5pbmcgdGhlIGNvbXBldGl0aXZlbmVzcyBhbmQgZ3Jvd3RoIG9mIGJ1c2luZXNzZXMsIGVzcGVjaWFsbHkgYW1vbmcgZmVtYWxlIGVudHJlcHJlbmV1cnMuVGhlIHJlc2VhcmNoIHdhcyBjb25kdWN0ZWQgdXNpbmcgYSBzdXJ2ZXkgaW52b2x2aW5nIDM5MCBmZW1hbGUgZW50cmVwcmVuZXVycyBpbiBFYXN0IEphdmEsIHNlbGVjdGVkIHRocm91Z2ggcHVycG9zaXZlIHNhbXBsaW5nLiBVc2luZyBtdWx0aXBsZSBsaW5lYXIgcmVncmVzc2lvbiBhbmFseXNpcywgdGhlIGZpbmRpbmdzIGluZGljYXRlIHRoYXQgYm90aCBmaW5hbmNpYWwgdGVjaG5vbG9neSBhbmQgZmluYW5jaWFsIGxpdGVyYWN5IHNpZ25pZmljYW50bHkgaW1wYWN0IHRoZSBzdXN0YWluYWJpbGl0eSBvZiB3b21lbuKAmXMgYnVzaW5lc3NlcyBpbiB0aGUgcmVnaW9uLiBIb3dldmVyLCB0aGlzIHN0dWR5IGlzIGxpbWl0ZWQgYnkgaXRzIGZvY3VzIHNvbGVseSBvbiBmZW1hbGUgZW50cmVwcmVuZXVycyBpbiBFYXN0IEphdmEsIHdoaWNoIG1heSByZXN0cmljdCB0aGUgZ2VuZXJhbGl6YWJpbGl0eSBvZiB0aGUgcmVzdWx0cyB0byBvdGhlciBjaXRpZXMuIFRoZXJlZm9yZSwgYSBsYXJnZXIgc2FtcGxlIHNpemUgYWNyb3NzIHZhcmlvdXMgcmVnaW9ucyB3b3VsZCBwcm92aWRlIG1vcmUgY29tcHJlaGVuc2l2ZSBpbnNpZ2h0cy4gVGhpcyBzdHVkeSBzdWdnZXN0cyB0aGF0IHRoZSBFYXN0IEphdmEgZ292ZXJubWVudCBzaG91bGQgcGF5IGNsb3NlciBhdHRlbnRpb24gdG8gdGhpcyBzZWN0b3IsIGdpdmVuIGl0cyBzaWduaWZpY2FudCBjb250cmlidXRpb24gdG8gdGhlIHJlZ2lvbmFsIGFuZCBuYXRpb25hbCBlY29ub215LiIsInB1Ymxpc2hlciI6IkZhY3VsdHkgb2YgRWNvbm9taWNzLCBMb21vbm9zb3YgTW9zY293IFN0YXRlIFVuaXZlcnNpdHkiLCJpc3N1ZSI6IjMiLCJ2b2x1bWUiOiI4IiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
@@ -1162,75 +1278,54 @@
       <w:r w:rsidRPr="002472B2">
         <w:t>Perform statistical analysis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DA2F481" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="002472B2" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="002472B2">
         <w:t>Draw conclusions and implications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F8AD074" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
       <w:r w:rsidRPr="004D1689">
         <w:t>Format:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B6BD8F1" w14:textId="505DBF72" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001835F8">
         <w:t>Use numerals (1., 2., 3., etc.</w:t>
       </w:r>
       <w:r w:rsidR="002472B2" w:rsidRPr="001835F8">
-        <w:t xml:space="preserve"> or </w:t>
-[...3 lines deleted...]
-        <w:t>A</w:t>
+        <w:t xml:space="preserve"> or A</w:t>
       </w:r>
       <w:r w:rsidR="001835F8" w:rsidRPr="001835F8">
-        <w:t>.,B.</w:t>
-[...16 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>.,B.,C., or a.,b.,c,</w:t>
       </w:r>
       <w:r w:rsidRPr="001835F8">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="236E777C" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001835F8">
         <w:t>Begin each item with a capital letter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FEA931B" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001835F8">
         <w:t>End with a period if the item is a complete sentence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="451A6274" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRPr="004D1689" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
@@ -1317,179 +1412,201 @@
     <w:p w14:paraId="77E8FF85" w14:textId="1A443E04" w:rsidR="001F5DDD" w:rsidRPr="001835F8" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001835F8">
         <w:t>Avoid bullet lists in abstracts or conclusions unless essential.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="409F88FA" w14:textId="69515E88" w:rsidR="001F5DDD" w:rsidRPr="00E565A0" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001835F8">
         <w:t>Begin with lowercase letters if the item is not a full sentence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BB2F4B3" w14:textId="6141E14A" w:rsidR="00320E8E" w:rsidRPr="00E565A0" w:rsidRDefault="007C41F3" w:rsidP="00D601DF">
       <w:pPr>
         <w:pStyle w:val="source"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63828616" wp14:editId="7AC90BA4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63828616" wp14:editId="728916D6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>45720</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3434080</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5792470" cy="635"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="1446276545" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5792470" cy="635"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:prstClr val="white"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="36C923AF" w14:textId="5304486E" w:rsidR="007C41F3" w:rsidRPr="00A132A8" w:rsidRDefault="007C41F3" w:rsidP="00D601DF">
                             <w:pPr>
                               <w:pStyle w:val="Caption"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                                 <w:iCs/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Figure </w:t>
                             </w:r>
-                            <w:fldSimple w:instr=" SEQ Figure \* ARABIC ">
-[...6 lines deleted...]
-                            </w:fldSimple>
+                            <w:r>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r>
+                              <w:instrText xml:space="preserve"> SEQ Figure \* ARABIC </w:instrText>
+                            </w:r>
+                            <w:r>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:noProof/>
+                              </w:rPr>
+                              <w:t>1</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:noProof/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
                             <w:r>
                               <w:t xml:space="preserve"> Figure and </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D601DF">
                               <w:t>Pictures</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="63828616" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:3.6pt;margin-top:270.4pt;width:456.1pt;height:.05pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQByRj95FgIAADgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2kL2yBqOpVORUjT&#10;NqlDe3Ydp7Hk+MzZbVJ+PWcnaWHwhHhxLr7zd77v+7y47RrDjgq9Blvw2WTKmbISSm33Bf/2vHn3&#10;kTMfhC2FAasKflKe3y7fvlm0LldzqMGUChmBWJ+3ruB1CC7PMi9r1Qg/AacsJSvARgT6xX1WomgJ&#10;vTHZfDq9zlrA0iFI5T3t3vVJvkz4VaVkeKwqrwIzBae7hbRiWndxzZYLke9RuFrL4RriH27RCG2p&#10;6RnqTgTBDqj/gGq0RPBQhYmEJoOq0lKlGWia2fTVNNtaOJVmIXK8O9Pk/x+sfDhu3ROy0H2GjgSM&#10;hLTO55424zxdhU380k0Z5YnC05k21QUmafPq5tP8ww2lJOWu319FjOxy1KEPXxQ0LAYFR9IkUSWO&#10;9z70pWNJ7OTB6HKjjYk/MbE2yI6C9GtrHdQA/luVsbHWQjzVA8ad7DJHjEK364bhdlCeaGaE3g7e&#10;yY2mRvfChyeBpD/NQp4Oj7RUBtqCwxBxVgP++Nt+rCdZKMtZS34quP9+EKg4M18tCRbNNwY4Brsx&#10;sIdmDTTijF6LkymkAxjMGFYIzQtZfRW7UEpYSb0KHsZwHXpX01ORarVKRWQxJ8K93ToZoUdCn7sX&#10;gW6QI5CKDzA6TeSvVOlrky5udQhEcZIsEtqzOPBM9kyiD08p+v/X/1R1efDLnwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQs3SzgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQ&#10;dVpCISFOVVVwgEtF6IWbG2/jQLyOYqcNf8/CBY47M5p9U6wm14kjDqH1pGA+S0Ag1d601CjYvT1d&#10;34MIUZPRnSdU8IUBVuX5WaFz40/0iscqNoJLKORagY2xz6UMtUWnw8z3SOwd/OB05HNopBn0ictd&#10;JxdJspROt8QfrO5xY7H+rEanYJu+b+3VeHh8Wac3w/Nu3Cw/mkqpy4tp/QAi4hT/wvCDz+hQMtPe&#10;j2SC6BTcLTio4DZNeAH72TxLQex/lQxkWcj/C8pvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAHJGP3kWAgAAOAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAHQs3SzgAAAACQEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" stroked="f">
+              <v:shape w14:anchorId="63828616" id="Text Box 1" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:3.6pt;margin-top:270.4pt;width:456.1pt;height:.05pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDREX+uGgIAAD8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06ytd2MOEWWIsOA&#10;oi2QDj0rshwLkEWNUmJnXz9KtpOt22nYRaZJihTfe1zcdo1hR4Vegy34bDLlTFkJpbb7gn973rz7&#10;yJkPwpbCgFUFPynPb5dv3yxal6s51GBKhYyKWJ+3ruB1CC7PMi9r1Qg/AacsBSvARgT6xX1Womip&#10;emOy+XR6nbWApUOQynvy3vVBvkz1q0rJ8FhVXgVmCk5vC+nEdO7imS0XIt+jcLWWwzPEP7yiEdpS&#10;03OpOxEEO6D+o1SjJYKHKkwkNBlUlZYqzUDTzKavptnWwqk0C4Hj3Rkm///Kyofj1j0hC91n6IjA&#10;CEjrfO7JGefpKmzil17KKE4Qns6wqS4wSc6rm0/zDzcUkhS7fn8Va2SXqw59+KKgYdEoOBInCSpx&#10;vPehTx1TYicPRpcbbUz8iYG1QXYUxF9b66CG4r9lGRtzLcRbfcHoyS5zRCt0u47psuDzccYdlCca&#10;HaFXhXdyo6nfvfDhSSDJgEYiaYdHOioDbcFhsDirAX/8zR/ziR2KctaSrAruvx8EKs7MV0u8RQ2O&#10;Bo7GbjTsoVkDTTqjpXEymXQBgxnNCqF5IcWvYhcKCSupV8HDaK5DL27aGKlWq5RESnMi3Nutk7H0&#10;iOtz9yLQDawEIvMBRsGJ/BU5fW6ix60OgZBOzEVcexQHuEmliftho+Ia/Pqfsi57v/wJAAD//wMA&#10;UEsDBBQABgAIAAAAIQB0LN0s4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUhcEHVaQiEhTlVVcIBLReiFmxtv40C8jmKnDX/PwgWOOzOafVOsJteJIw6h9aRgPktAINXetNQo&#10;2L09Xd+DCFGT0Z0nVPCFAVbl+Vmhc+NP9IrHKjaCSyjkWoGNsc+lDLVFp8PM90jsHfzgdORzaKQZ&#10;9InLXScXSbKUTrfEH6zucWOx/qxGp2Cbvm/t1Xh4fFmnN8PzbtwsP5pKqcuLaf0AIuIU/8Lwg8/o&#10;UDLT3o9kgugU3C04qOA2TXgB+9k8S0Hsf5UMZFnI/wvKbwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDREX+uGgIAAD8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQB0LN0s4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="36C923AF" w14:textId="5304486E" w:rsidR="007C41F3" w:rsidRPr="00A132A8" w:rsidRDefault="007C41F3" w:rsidP="00D601DF">
                       <w:pPr>
                         <w:pStyle w:val="Caption"/>
                         <w:rPr>
                           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                           <w:iCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Figure </w:t>
                       </w:r>
-                      <w:fldSimple w:instr=" SEQ Figure \* ARABIC ">
-[...6 lines deleted...]
-                      </w:fldSimple>
+                      <w:r>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r>
+                        <w:instrText xml:space="preserve"> SEQ Figure \* ARABIC </w:instrText>
+                      </w:r>
+                      <w:r>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:noProof/>
+                        </w:rPr>
+                        <w:t>1</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:noProof/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> Figure and </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D601DF">
                         <w:t>Pictures</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001F5DDD" w:rsidRPr="001F5DDD">
         <w:rPr>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="7D6A13EE" wp14:editId="74D32C46">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="7D6A13EE" wp14:editId="10385CEB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>46990</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>100965</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5792400" cy="3276000"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1889176356" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -1543,58 +1660,58 @@
         <w:rPr>
           <w:rStyle w:val="sourceChar"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> [Source]</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00320E8E" w:rsidRPr="00E565A0" w:rsidSect="00EF3DE9">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5CB8B35D" w14:textId="77777777" w:rsidR="00E47A78" w:rsidRPr="001F5DDD" w:rsidRDefault="00E47A78" w:rsidP="004314FF">
+    <w:p w14:paraId="0CDF5A43" w14:textId="77777777" w:rsidR="00E4189C" w:rsidRPr="001F5DDD" w:rsidRDefault="00E4189C" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27903161" w14:textId="77777777" w:rsidR="00E47A78" w:rsidRPr="001F5DDD" w:rsidRDefault="00E47A78" w:rsidP="004314FF">
+    <w:p w14:paraId="7AA28734" w14:textId="77777777" w:rsidR="00E4189C" w:rsidRPr="001F5DDD" w:rsidRDefault="00E4189C" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1754,91 +1871,84 @@
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="003073F9" w:rsidRPr="001F5DDD">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1892E164" w14:textId="77777777" w:rsidR="00E47A78" w:rsidRPr="001F5DDD" w:rsidRDefault="00E47A78" w:rsidP="004314FF">
+    <w:p w14:paraId="4F8C6D94" w14:textId="77777777" w:rsidR="00E4189C" w:rsidRPr="001F5DDD" w:rsidRDefault="00E4189C" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CD75329" w14:textId="77777777" w:rsidR="00E47A78" w:rsidRPr="001F5DDD" w:rsidRDefault="00E47A78" w:rsidP="004314FF">
+    <w:p w14:paraId="1DF2D3DF" w14:textId="77777777" w:rsidR="00E4189C" w:rsidRPr="001F5DDD" w:rsidRDefault="00E4189C" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2F5D629F" w14:textId="4FCD564F" w:rsidR="00E470F8" w:rsidRPr="001F5DDD" w:rsidRDefault="00052427" w:rsidP="004314FF">
     <w:pPr>
       <w:pStyle w:val="Headerinfo"/>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r>
-      <w:t>Vol</w:t>
-[...3 lines deleted...]
-      <w:t>-</w:t>
+      <w:t>Vol-</w:t>
     </w:r>
     <w:r w:rsidR="00EA3D9F">
       <w:t>ID</w:t>
     </w:r>
     <w:r w:rsidR="00E470F8" w:rsidRPr="001F5DDD">
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00EA3D9F">
       <w:t>Year</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="19ACD612" w14:textId="77777777" w:rsidR="00436B05" w:rsidRPr="001F5DDD" w:rsidRDefault="00647665" w:rsidP="004314FF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="001F5DDD">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53E47BD4" wp14:editId="7F6F4D67">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-900430</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-539750</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7588885" cy="1149350"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -2951,52 +3061,53 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1310017760">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="333536732">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="330717596">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="756747694">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1720935526">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1345396194">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="140"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007465C7"/>
     <w:rsid w:val="00026449"/>
     <w:rsid w:val="00043EFF"/>
@@ -3037,52 +3148,54 @@
     <w:rsid w:val="00330B20"/>
     <w:rsid w:val="00347FF8"/>
     <w:rsid w:val="0035015D"/>
     <w:rsid w:val="00375DCF"/>
     <w:rsid w:val="0037734C"/>
     <w:rsid w:val="0039252B"/>
     <w:rsid w:val="0039743E"/>
     <w:rsid w:val="00397748"/>
     <w:rsid w:val="003C5C86"/>
     <w:rsid w:val="003F688F"/>
     <w:rsid w:val="00411F43"/>
     <w:rsid w:val="00412D48"/>
     <w:rsid w:val="00422BF5"/>
     <w:rsid w:val="00426B9D"/>
     <w:rsid w:val="004314FF"/>
     <w:rsid w:val="00436B05"/>
     <w:rsid w:val="00484719"/>
     <w:rsid w:val="004B6087"/>
     <w:rsid w:val="004C0B76"/>
     <w:rsid w:val="004D055D"/>
     <w:rsid w:val="004F4B18"/>
     <w:rsid w:val="005002E5"/>
     <w:rsid w:val="00521B88"/>
     <w:rsid w:val="005331C0"/>
     <w:rsid w:val="005424C8"/>
+    <w:rsid w:val="0055769F"/>
     <w:rsid w:val="005839B7"/>
     <w:rsid w:val="00590E09"/>
+    <w:rsid w:val="00591AE6"/>
     <w:rsid w:val="005D212A"/>
     <w:rsid w:val="005E6CFD"/>
     <w:rsid w:val="005F752D"/>
     <w:rsid w:val="00620EE8"/>
     <w:rsid w:val="006271BF"/>
     <w:rsid w:val="0063379B"/>
     <w:rsid w:val="00647665"/>
     <w:rsid w:val="0066191B"/>
     <w:rsid w:val="00661B3A"/>
     <w:rsid w:val="0066374F"/>
     <w:rsid w:val="00696EB8"/>
     <w:rsid w:val="006A1CCD"/>
     <w:rsid w:val="006B26BA"/>
     <w:rsid w:val="006C3E79"/>
     <w:rsid w:val="006D44F9"/>
     <w:rsid w:val="007103A8"/>
     <w:rsid w:val="0071404F"/>
     <w:rsid w:val="00714B13"/>
     <w:rsid w:val="007465C7"/>
     <w:rsid w:val="00751578"/>
     <w:rsid w:val="00753257"/>
     <w:rsid w:val="00753647"/>
     <w:rsid w:val="00753F95"/>
     <w:rsid w:val="0076676C"/>
     <w:rsid w:val="00794235"/>
@@ -3098,81 +3211,85 @@
     <w:rsid w:val="008F54EA"/>
     <w:rsid w:val="00912F5D"/>
     <w:rsid w:val="00915498"/>
     <w:rsid w:val="00916782"/>
     <w:rsid w:val="0092535E"/>
     <w:rsid w:val="00947621"/>
     <w:rsid w:val="00947D20"/>
     <w:rsid w:val="00957611"/>
     <w:rsid w:val="00991422"/>
     <w:rsid w:val="00996270"/>
     <w:rsid w:val="0099681B"/>
     <w:rsid w:val="009B26E6"/>
     <w:rsid w:val="009C14E7"/>
     <w:rsid w:val="009C31DD"/>
     <w:rsid w:val="009C56A2"/>
     <w:rsid w:val="009D1D32"/>
     <w:rsid w:val="00A0191B"/>
     <w:rsid w:val="00A07316"/>
     <w:rsid w:val="00A1243C"/>
     <w:rsid w:val="00A2336C"/>
     <w:rsid w:val="00A240B1"/>
     <w:rsid w:val="00A32967"/>
     <w:rsid w:val="00A32B64"/>
     <w:rsid w:val="00A405B2"/>
     <w:rsid w:val="00A626DD"/>
+    <w:rsid w:val="00A802BF"/>
     <w:rsid w:val="00AA6CF4"/>
     <w:rsid w:val="00B12C8A"/>
     <w:rsid w:val="00B247D6"/>
     <w:rsid w:val="00B25977"/>
     <w:rsid w:val="00B31F8E"/>
     <w:rsid w:val="00B34D1E"/>
     <w:rsid w:val="00B520A4"/>
     <w:rsid w:val="00B64899"/>
     <w:rsid w:val="00B802F7"/>
     <w:rsid w:val="00B8640A"/>
+    <w:rsid w:val="00BE050B"/>
     <w:rsid w:val="00BF6C05"/>
+    <w:rsid w:val="00C161D5"/>
     <w:rsid w:val="00C352E1"/>
     <w:rsid w:val="00C37D5F"/>
     <w:rsid w:val="00C4425F"/>
     <w:rsid w:val="00C62EE2"/>
     <w:rsid w:val="00CE1FC8"/>
     <w:rsid w:val="00D060BB"/>
     <w:rsid w:val="00D245FA"/>
     <w:rsid w:val="00D257BE"/>
     <w:rsid w:val="00D31616"/>
     <w:rsid w:val="00D316D6"/>
     <w:rsid w:val="00D458DC"/>
     <w:rsid w:val="00D5488C"/>
     <w:rsid w:val="00D601DF"/>
     <w:rsid w:val="00D813C7"/>
     <w:rsid w:val="00D96490"/>
     <w:rsid w:val="00DD55AE"/>
     <w:rsid w:val="00DE6124"/>
     <w:rsid w:val="00E167E3"/>
     <w:rsid w:val="00E35C2E"/>
     <w:rsid w:val="00E365F7"/>
+    <w:rsid w:val="00E4189C"/>
     <w:rsid w:val="00E42CFC"/>
     <w:rsid w:val="00E44A7A"/>
     <w:rsid w:val="00E461AA"/>
     <w:rsid w:val="00E470F8"/>
     <w:rsid w:val="00E47A78"/>
     <w:rsid w:val="00E565A0"/>
     <w:rsid w:val="00E6671C"/>
     <w:rsid w:val="00E67B8B"/>
     <w:rsid w:val="00E81751"/>
     <w:rsid w:val="00E817F9"/>
     <w:rsid w:val="00EA3D9F"/>
     <w:rsid w:val="00EA527A"/>
     <w:rsid w:val="00EB75D0"/>
     <w:rsid w:val="00EE00B9"/>
     <w:rsid w:val="00EF3DE9"/>
     <w:rsid w:val="00EF684D"/>
     <w:rsid w:val="00F15A32"/>
     <w:rsid w:val="00F30241"/>
     <w:rsid w:val="00F35A35"/>
     <w:rsid w:val="00F416CC"/>
     <w:rsid w:val="00F61E39"/>
     <w:rsid w:val="00F64EC2"/>
     <w:rsid w:val="00F87E0B"/>
     <w:rsid w:val="00FA0161"/>
     <w:rsid w:val="00FA3761"/>
@@ -6520,55 +6637,59 @@
   <w:revisionView w:insDel="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D16DAD"/>
     <w:rsid w:val="00024E88"/>
     <w:rsid w:val="000B6968"/>
     <w:rsid w:val="0017628D"/>
     <w:rsid w:val="00192B77"/>
     <w:rsid w:val="001B51DE"/>
     <w:rsid w:val="00337A10"/>
     <w:rsid w:val="00380394"/>
     <w:rsid w:val="00474745"/>
     <w:rsid w:val="004F4B18"/>
     <w:rsid w:val="005103BB"/>
     <w:rsid w:val="00521B88"/>
+    <w:rsid w:val="0055769F"/>
     <w:rsid w:val="005C55A0"/>
     <w:rsid w:val="005F752D"/>
+    <w:rsid w:val="00840299"/>
     <w:rsid w:val="00A32967"/>
+    <w:rsid w:val="00A802BF"/>
     <w:rsid w:val="00B334FF"/>
     <w:rsid w:val="00D16DAD"/>
+    <w:rsid w:val="00FF590A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="id-ID"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -7341,146 +7462,57 @@
     <we:property name="MENDELEY_CITATIONS_STYLE" value="{&quot;id&quot;:&quot;https://www.zotero.org/styles/vancouver&quot;,&quot;title&quot;:&quot;Vancouver&quot;,&quot;format&quot;:&quot;numeric&quot;,&quot;defaultLocale&quot;:null,&quot;isLocaleCodeValid&quot;:true}"/>
   </we:properties>
   <we:bindings/>
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCCB4B1A-F246-4F6F-8941-306A5C346174}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>2025 TEMPLATE - Blind _Cambria_Style</Template>
+  <Template/>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1209</Words>
-  <Characters>6894</Characters>
+  <Characters>6895</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>57</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8087</CharactersWithSpaces>
+  <CharactersWithSpaces>8088</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>ps</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...72 lines deleted...]
-</file>