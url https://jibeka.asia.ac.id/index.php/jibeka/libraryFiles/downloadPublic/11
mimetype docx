--- v2 (2025-12-06)
+++ v3 (2026-03-17)
@@ -1,390 +1,713 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.template.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2B9AC53B" w14:textId="51A26317" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00BE050B" w:rsidP="005D212A">
+    <w:p w14:paraId="0A235CA4" w14:textId="3DDDFBD9" w:rsidR="00320E8E" w:rsidRPr="00B95116" w:rsidRDefault="00320E8E" w:rsidP="00B95116">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
-      <w:r>
-[...223 lines deleted...]
-        </mc:AlternateContent>
+      <w:r w:rsidRPr="00B95116">
+        <w:t xml:space="preserve">Write the title briefly, clearly, concisely, interesting, and describing the </w:t>
       </w:r>
-      <w:r w:rsidR="00320E8E" w:rsidRPr="001F5DDD">
-        <w:t xml:space="preserve">Write the title briefly, </w:t>
+      <w:r w:rsidR="0066503D" w:rsidRPr="00B95116">
+        <w:t xml:space="preserve">main </w:t>
       </w:r>
-      <w:r w:rsidR="00320E8E" w:rsidRPr="005D212A">
-        <w:t>clearly</w:t>
+      <w:r w:rsidRPr="00B95116">
+        <w:t>content, sentence case, bold, 1</w:t>
       </w:r>
-      <w:r w:rsidR="00320E8E" w:rsidRPr="001F5DDD">
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidR="00B95116" w:rsidRPr="00B95116">
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00320E8E" w:rsidRPr="005D212A">
-        <w:t>concisely</w:t>
+      <w:r w:rsidRPr="00B95116">
+        <w:t xml:space="preserve">pt size </w:t>
       </w:r>
-      <w:r w:rsidR="00320E8E" w:rsidRPr="001F5DDD">
-[...2 lines deleted...]
-      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
+      <w:r w:rsidR="009C31DD" w:rsidRPr="00B95116">
         <w:t>[Title]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B8D26D9" w14:textId="5EB8052A" w:rsidR="00320E8E" w:rsidRPr="005D212A" w:rsidRDefault="00320E8E" w:rsidP="005D212A">
+    <w:p w14:paraId="09A5C138" w14:textId="0EC24BB8" w:rsidR="00320E8E" w:rsidRPr="00E63CB2" w:rsidRDefault="00320E8E" w:rsidP="00B95116">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
-      <w:r w:rsidRPr="005D212A">
-        <w:t>(Subtitle 12pt size, capital first letter can be used when needed)</w:t>
+      <w:r w:rsidRPr="00E63CB2">
+        <w:t>(Subtitle 1</w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD" w:rsidRPr="005D212A">
+      <w:r w:rsidR="00E63CB2" w:rsidRPr="00E63CB2">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63CB2">
+        <w:t>pt size, capital first letter can be used when needed)</w:t>
+      </w:r>
+      <w:r w:rsidR="009C31DD" w:rsidRPr="00E63CB2">
         <w:t xml:space="preserve"> [Subtitle]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21183870" w14:textId="7FCC9945" w:rsidR="00320E8E" w:rsidRPr="005D212A" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+    <w:p w14:paraId="398DB4DA" w14:textId="462673B5" w:rsidR="00DD1CDB" w:rsidRPr="00B95116" w:rsidRDefault="00DD1CDB" w:rsidP="00B95116">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Author"/>
       </w:pPr>
-      <w:r w:rsidRPr="005D212A">
-        <w:t>Abstract</w:t>
+      <w:r w:rsidRPr="00B95116">
+        <w:t>Author A</w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD" w:rsidRPr="005D212A">
-        <w:t xml:space="preserve"> [Heading 1]</w:t>
+      <w:r w:rsidRPr="00B95116">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95116">
+        <w:t>, Author B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95116">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95116">
+        <w:t>, Author C</w:t>
+      </w:r>
+      <w:r w:rsidR="002E3456" w:rsidRPr="00B95116">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3939DFDA" w14:textId="3130DEB5" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">The abstract is a mini representation of the entire article. Make sure the abstract includes in a concise manner: Research objectives, which represent the primary research questions that require resolution; Research methods in conducting the research outline; The most significant results/findings of the research; The main implications of the research findings; Research Limitations (if any); The abstract should </w:t>
+    <w:p w14:paraId="0C5FE4C4" w14:textId="7C200CF6" w:rsidR="00DD1CDB" w:rsidRPr="00852DEC" w:rsidRDefault="00DD1CDB" w:rsidP="00DD1CDB">
+      <w:pPr>
+        <w:pStyle w:val="Affiliation"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00852DEC">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00E461AA" w:rsidRPr="001F5DDD">
-        <w:t>be between</w:t>
+      <w:r w:rsidRPr="00852DEC">
+        <w:t xml:space="preserve">Affiliation: </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F5DDD">
-        <w:t xml:space="preserve"> 100 to 200 words.</w:t>
+      <w:r w:rsidRPr="00DD1CDB">
+        <w:rPr>
+          <w:rStyle w:val="AffiliationChar"/>
+        </w:rPr>
+        <w:t>Organization</w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
-        <w:t xml:space="preserve"> [Normal Style]</w:t>
+      <w:r w:rsidRPr="00852DEC">
+        <w:rPr>
+          <w:rStyle w:val="AffiliationChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name, Country</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C4D8CC0" w14:textId="3B0E3C95" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
-      <w:r w:rsidRPr="001F5DDD">
+    <w:p w14:paraId="55D7F750" w14:textId="1B5A8EAC" w:rsidR="00DD1CDB" w:rsidRDefault="00DD1CDB" w:rsidP="00DD1CDB">
+      <w:pPr>
+        <w:pStyle w:val="Affiliation"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00852DEC">
         <w:rPr>
-          <w:rStyle w:val="KeywordsChar"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>Keywords</w:t>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> [Normal]</w:t>
+      <w:r w:rsidRPr="00852DEC">
+        <w:t>Affiliation: Organization Name, Country</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="461DAACB" w14:textId="008BEE89" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="005D212A" w:rsidP="004314FF">
+    <w:p w14:paraId="412D3445" w14:textId="4566FC5E" w:rsidR="00D1681A" w:rsidRDefault="00D1681A" w:rsidP="00467469">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="ArticleHistory"/>
       </w:pPr>
+      <w:r>
+        <w:t>Correspondence: email@email.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D297785" w14:textId="19A745CB" w:rsidR="00DD1CDB" w:rsidRPr="003B0B6D" w:rsidRDefault="0066503D" w:rsidP="00467469">
+      <w:pPr>
+        <w:pStyle w:val="ArticleHistory"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B0B6D">
+        <w:t>DOI: https://doi.org/10.32815/jibeka.vXXiX.XXX</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1179"/>
+        <w:gridCol w:w="1394"/>
+        <w:gridCol w:w="6487"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EE7071" w14:paraId="33015659" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC19B7C" w14:textId="38F034A3" w:rsidR="00EE7071" w:rsidRPr="00875FF6" w:rsidRDefault="00EE7071" w:rsidP="00955B64">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00875FF6">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Article History</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73418111" w14:textId="2B5298EE" w:rsidR="00EE7071" w:rsidRPr="00875FF6" w:rsidRDefault="00EE7071" w:rsidP="00955B64">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00875FF6">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Abstract</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882838" w14:paraId="7F09E8E1" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="555A60D5" w14:textId="5900ACCD" w:rsidR="00882838" w:rsidRPr="006A5C6D" w:rsidRDefault="00882838" w:rsidP="006A5C6D">
+            <w:pPr>
+              <w:pStyle w:val="Article-info"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006A5C6D">
+              <w:t>Submitted</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F01239" w14:textId="060EBA87" w:rsidR="00882838" w:rsidRPr="006A5C6D" w:rsidRDefault="00882838" w:rsidP="006A5C6D">
+            <w:pPr>
+              <w:pStyle w:val="Article-info"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006A5C6D">
+              <w:t>20-01-2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0741B6AE" w14:textId="443412EC" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="001C5451">
+            <w:r w:rsidRPr="00467469">
+              <w:t>The abstract is a mini representation of the entire article. Make sure the abstract includes in a concise manner: Research objectives, which represent the primary research questions that require resolution; Research methods in conducting the research outline; The most significant results/findings of the research; The main implications of the research findings; Research Limitations (if any); The abstract should be between 100 to 200 words.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882838" w14:paraId="01CF7E23" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A37FE5E" w14:textId="26E7FB8E" w:rsidR="00882838" w:rsidRPr="006A5C6D" w:rsidRDefault="00882838" w:rsidP="006A5C6D">
+            <w:pPr>
+              <w:pStyle w:val="Article-info"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006A5C6D">
+              <w:t>Reviewed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3188F0" w14:textId="42BB01F0" w:rsidR="00882838" w:rsidRPr="006A5C6D" w:rsidRDefault="00882838" w:rsidP="006A5C6D">
+            <w:pPr>
+              <w:pStyle w:val="Article-info"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006A5C6D">
+              <w:t>20-01-2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="11263517" w14:textId="61F7D84A" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="00467469">
+            <w:pPr>
+              <w:pStyle w:val="ArticleHistory"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882838" w14:paraId="26D52BD3" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="198"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1026C2D5" w14:textId="19304190" w:rsidR="00882838" w:rsidRPr="006A5C6D" w:rsidRDefault="00882838" w:rsidP="006A5C6D">
+            <w:pPr>
+              <w:pStyle w:val="Article-info"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006A5C6D">
+              <w:t>Copyedited</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3D381D" w14:textId="131B7375" w:rsidR="00882838" w:rsidRPr="006A5C6D" w:rsidRDefault="00882838" w:rsidP="006A5C6D">
+            <w:pPr>
+              <w:pStyle w:val="Article-info"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006A5C6D">
+              <w:t>20-01-2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0D2F1D" w14:textId="135F5B46" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="00467469">
+            <w:pPr>
+              <w:pStyle w:val="ArticleHistory"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882838" w14:paraId="35E9595D" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="712786EE" w14:textId="3D12D9F1" w:rsidR="00882838" w:rsidRPr="00744467" w:rsidRDefault="00882838" w:rsidP="00955B64">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00744467">
+              <w:rPr>
+                <w:rStyle w:val="Heading2Char"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Keywords</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00744467">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="14705E96" w14:textId="77777777" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="00467469">
+            <w:pPr>
+              <w:pStyle w:val="ArticleHistory"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882838" w14:paraId="1CD736BD" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EDB5AB8" w14:textId="622C391F" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="006A5C6D">
+            <w:pPr>
+              <w:pStyle w:val="Article-info"/>
+            </w:pPr>
+            <w:r>
+              <w:t>term1; term2; term3; term</w:t>
+            </w:r>
+            <w:r w:rsidR="00955D22">
+              <w:t>4; term</w:t>
+            </w:r>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="70342E0A" w14:textId="77777777" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="00467469">
+            <w:pPr>
+              <w:pStyle w:val="ArticleHistory"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882838" w14:paraId="59A218F6" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="266A00F9" w14:textId="59031EBD" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="00955B64">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Copyright</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB42952" w14:textId="77777777" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="00467469">
+            <w:pPr>
+              <w:pStyle w:val="ArticleHistory"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882838" w14:paraId="24C47AF3" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA47DF8" w14:textId="26A502AA" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="006A5C6D">
+            <w:pPr>
+              <w:pStyle w:val="Article-info"/>
+            </w:pPr>
+            <w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F620A">
+              <w:t>uthor(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006A5C6D" w:rsidRPr="004F620A">
+              <w:t>retains</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F620A">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">the copyright </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F620A">
+              <w:t>without restrictions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="53815C73" w14:textId="77777777" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="00467469">
+            <w:pPr>
+              <w:pStyle w:val="ArticleHistory"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882838" w14:paraId="2AF951A4" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="20AD8795" w14:textId="0A52FCC7" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="00955B64">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Access Policy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3727A9" w14:textId="77777777" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="00467469">
+            <w:pPr>
+              <w:pStyle w:val="ArticleHistory"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882838" w14:paraId="613342ED" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BDD2DA" w14:textId="79B0B335" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="006A5C6D">
+            <w:pPr>
+              <w:pStyle w:val="Article-info"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F620A">
+              <w:t>Open Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="424EB99B" w14:textId="77777777" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="00467469">
+            <w:pPr>
+              <w:pStyle w:val="ArticleHistory"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882838" w14:paraId="4FA1F2E1" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0246A399" w14:textId="039B4536" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="00955B64">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+            </w:pPr>
+            <w:r>
+              <w:t>License</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6AFEE4F1" w14:textId="77777777" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="00467469">
+            <w:pPr>
+              <w:pStyle w:val="ArticleHistory"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882838" w14:paraId="1578D5BD" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="802"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EF7FED" w14:textId="45E322AF" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="006A5C6D">
+            <w:pPr>
+              <w:pStyle w:val="Article-info"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F620A">
+              <w:t>Creative Commons Attribution-Share Alike 4.0 International License.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="090B66F1" w14:textId="77777777" w:rsidR="00882838" w:rsidRDefault="00882838" w:rsidP="00467469">
+            <w:pPr>
+              <w:pStyle w:val="ArticleHistory"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D1681A" w14:paraId="6586E16A" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9060" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B012220" w14:textId="384F137A" w:rsidR="00D1681A" w:rsidRDefault="00D1681A" w:rsidP="00D1681A">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+            </w:pPr>
+            <w:r>
+              <w:t>How to Cite</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D1681A" w14:paraId="741784FC" w14:textId="77777777" w:rsidTr="00D1681A">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9060" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C27BE3" w14:textId="5C72DA53" w:rsidR="00D1681A" w:rsidRDefault="00B95116" w:rsidP="00D1681A">
+            <w:pPr>
+              <w:pStyle w:val="ArticleHistory"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Leave it blank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="78248E11" w14:textId="77777777" w:rsidR="0080163D" w:rsidRDefault="0080163D" w:rsidP="00EE7071"/>
+    <w:p w14:paraId="49251FDE" w14:textId="55D800C1" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="005D212A" w:rsidP="00EE7071">
       <w:r w:rsidRPr="00320E8E">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CA2585E" wp14:editId="7B2504E8">
             <wp:extent cx="544195" cy="252730"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -453,1391 +776,1254 @@
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="540000" cy="252000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="00955D22" w:rsidRPr="00955D22">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7B2E1020" w14:textId="77777777" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF"/>
-    <w:p w14:paraId="312D886C" w14:textId="77777777" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+    <w:p w14:paraId="30446649" w14:textId="77777777" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF"/>
+    <w:p w14:paraId="4B14C1CE" w14:textId="77777777" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD7672F" w14:textId="7D8DBBC3" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+    <w:p w14:paraId="765BDA05" w14:textId="2D6B08D4" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="00955B64">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="001F5DDD">
         <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="001F5DDD">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749E48A4" w14:textId="7D83F6AA" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+    <w:p w14:paraId="3CC7D805" w14:textId="06C90929" w:rsidR="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve">The Introduction should begin with a general background of the research topic, providing context and establishing urgency and rationale for the study.  Relevant and current literature should be incorporated to provide context and highlight the research gaps, ensuring that references are original and directly related to the research topic. The presentation should be coherent chronologically and the logical relationship between one paragraph and the following paragraph should be clear. </w:t>
       </w:r>
-      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
-        <w:t>[Normal]</w:t>
+    </w:p>
+    <w:p w14:paraId="5BC1512C" w14:textId="77777777" w:rsidR="00301BAB" w:rsidRPr="009263F9" w:rsidRDefault="00301BAB" w:rsidP="009263F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009263F9">
+        <w:t xml:space="preserve">Citation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7755C239" w14:textId="69C8F4D7" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+    <w:p w14:paraId="32E55450" w14:textId="71CBD1C4" w:rsidR="00301BAB" w:rsidRDefault="00301BAB" w:rsidP="00301BAB">
+      <w:r w:rsidRPr="00301BAB">
+        <w:t>There are two methods for writing in-text citations in APA 7th edition style: narrative citation and parenthetical citation. When the author's name appears in the sentence, narrative citation is used.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301BAB">
+        <w:t xml:space="preserve">When the author's name and year are written in parenthesis, parenthetical citation is used. Add the page number following the year for direct quotations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52482453" w14:textId="77777777" w:rsidR="00301BAB" w:rsidRPr="00301BAB" w:rsidRDefault="00301BAB" w:rsidP="00301BAB">
+      <w:r w:rsidRPr="00301BAB">
+        <w:t xml:space="preserve">If you need to cite multiple sources at once separate the numbers with </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00301BAB">
+        <w:t>semicollons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00301BAB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fMDNjYmFmYzEtYTI5NS00M2E5LTk1NGUtNGVmZjZmMmNlZDE3IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKFcuIEFuamFuaW5ncnVtIGV0IGFsLiwgMjAyMjsgTmluZ3NpaCAmIzM4OyBIYW5kYXlhbmksIDIwMjUpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiYzU1YzBhM2UtZDcyOS0zMWQyLTk4NmQtZTY0YzM0MzY5NjFmIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiYzU1YzBhM2UtZDcyOS0zMWQyLTk4NmQtZTY0YzM0MzY5NjFmIiwidGl0bGUiOiJUaGUgSW5mbHVlbmNlIG9mIEZpbmFuY2luZywgRmluYW5jaW5nIFJpc2sgYW5kIExpcXVpZGl0eSBSaXNrIG9uIHRoZSBQcm9maXRhYmlsaXR5IG9mIFByaXZhdGUgSXNsYW1pYyBDb21tZXJjaWFsIEJhbmtzIChCVVMpIGluIEluZG9uZXNpYSIsImF1dGhvciI6W3siZmFtaWx5IjoiTmluZ3NpaCIsImdpdmVuIjoiV2l3aWsgRml0cmlhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiSGFuZGF5YW5pIiwiZ2l2ZW4iOiJZdW5pb3JpdGEgSW5kYWgiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJKdXJuYWwgSWxtaWFoIEJpc25pcyBkYW4gRWtvbm9taSBBc2lhIiwiYWNjZXNzZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI1LDksMTNdXX0sIkRPSSI6IjEwLjMyODE1L0pJQkVLQS5WMTlJMi4yMzY4IiwiSVNTTiI6IjI2MjAtODc1WCIsIlVSTCI6Imh0dHBzOi8vamliZWthLmFzaWEuYWMuaWQvaW5kZXgucGhwL2ppYmVrYS9hcnRpY2xlL3ZpZXcvMjM2OCIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsNywxNF1dfSwicGFnZSI6IjE0Mi0xNTMiLCJhYnN0cmFjdCI6IlRoaXMgcmVzZWFyY2ggYWltcyB0byBkZXRlcm1pbmUgdGhlIGVmZmVjdCBvZiBtdWRoYXJhYmFoLCBtdXN5YXJha2FoLCBtdXJhYmFoYWggZmluYW5jaW5nLCBmaW5hbmNpbmcgcmlzayBhbmQgbGlxdWlkaXR5IHJpc2sgb24gcHJvZml0YWJpbGl0eSBpbiBQcml2YXRlIFNoYXJpYSBDb21tZXJjaWFsIEJhbmtzIGluIDIwMTktMjAyMy4gVGhlIHN0dWR5IHVzZWQgaXMgcXVhbnRpdGF0aXZlIGV4cGxhbmF0b3J5IG1ldGhvZC4gVGhlIGRhdGEgdXNlZCBhcmUgZGVyaXZlZCBmcm9tIGFubnVhbCBmaW5hbmNpYWwgcmVwb3J0cyBvZiBQcml2YXRlIFNoYXJpYSBDb21tZXJjaWFsIEJhbmtzLiBUaGUgcG9wdWxhdGlvbiBpbiB0aGlzIHJlc2VhcmNoIGlzIFByaXZhdGUgU2hhcmlhIENvbW1lcmNpYWwgQmFua3MgbGlzdGVkIG9uIHRoZSBGaW5hbmNpYWwgU2VydmljZXMgQXV0aG9yaXR5IChPSkspLiBUaGUgc2FtcGxpbmcgdGVjaG5pcXVlIHVzZWQgaXMgdGhlIHB1cnBvc2l2ZSBzYW1wbGluZyBhbmQgb2J0YWluZWQgNSBiYW5rcy4gVGhlIGRhdGEgYW5hbHlzaXMgdXNlZCBhcmUgY2xhc3NpY2FsIGFzc3VtcHRpb24gdGVzdGluZywgbXVsdGlwbGUgbGluZWFyIHJlZ3Jlc3Npb24sIGNvZWZmaWNpZW50IG9mIGRldGVybWluYXRpb24gKFLCrDIpIGFuZCBoeXBvdGhlc2lzIHRlc3RpbmcuIFRoZSByZXN1bHRzIHNob3cgdGhhdCBtdWRoYXJhYmFoIGZpbmFuY2luZywmbmJzcDsgbXVyYWJhaGFoIGZpbmFuY2luZywgZmluYW5jaW5nIHJpc2ssIGFuZCBsaXF1aWRpdHkgcmlzayBwYXJ0aWFsbHkgaGF2ZSBubyBlZmZlY3Qgb24gcHJvZml0YWJpbGl0eSB3aGlsZSBwYXJ0aWFsbHkgbXVzeWFyYWthaCBmaW5hbmNpbmcgaGFzIGEgc2lnbmlmaWNhbnQgZWZmZWN0IG9uIHByb2ZpdGFiaWxpdHkuIFRoaXMgcmVzdWx0IGluZGljYXRlIHRoYXQgYmFuayBuZWVkIHRvIGRldmVsb3AgbXVzeWFyYWthaCBmaW5hbmNpbmcsIGluY3JlYXNlIG9wZXJhdGlvbmFsIGVmZmljaWVuY3kgYW5kIGRldmVsb3BlIGVmZmVjdGl2ZSByaXNrIG1hbmFnZW1lbiBzeXN0ZW0uIE1lYW53aGlsZSBzaGFyaWEgYmFua3MgbmVlZCB0byBpbXByb3ZlIG1hbmFnZW1lbnQgY2FwYWJpbGl0aWVzIGluaSBtYW5hZ2luZyBtdWRoYXJhYmFoIGFuZCBtdXJhYmFoYWggZmluYW5jaW5nIGFuZCBkZXZlbG9wIG5ldyBwcm9kdWN0IHRoYXQgYXJlIG1vcmUgcHJvZml0YWJsZS4mbmJzcDsgU2hhcmlhIGJhbmtzIGhhdmUgdG8gbWFpbnRhaW4gZmluYW5jaW5nIHJpc2sgKE5QRikgc28gdGhhdCBpdCBkbyBub3QgY2F1c2UgcG90ZW50aWFsIGxvc3NlcyBpbiB0aGUgZnV0dXJlLCBTaGFyaWEgYmFua3MgYWxzbyBuZWVkIHRvIGltcHJvdmUgbWFuYWdlbWVuIGNhcGFiaWxpdGllcyBpbiBtYW5hZ2luZyBsaXF1aWR5IHJpc2siLCJwdWJsaXNoZXIiOiJJbnN0aXR1dCBUZWtub2xvZ2kgZGFuIEJpc25pcyBBc2lhIE1hbGFuZyIsImlzc3VlIjoiMiIsInZvbHVtZSI6IjE5IiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX0seyJpZCI6IjAyNDE2ZjA2LWQ4MGQtMzQxMy04ZmViLWEwMWVmZGY3ZjJiZSIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6IjAyNDE2ZjA2LWQ4MGQtMzQxMy04ZmViLWEwMWVmZGY3ZjJiZSIsInRpdGxlIjoiQ3JlYXRpdmUgSW5kdXN0cnkgaW4gdGhlIFBvc3QtUGFuZGVtaWMgRGlnaXRhbCBFcmE6IE1lYW5pbmdmdWwgSW5jdWJhdGlvbiwgQ3VzdG9tZXIgRm9jdXMsIGFuZCBIaWdoIElubm92YXRpb24gYXMgU3RyYXRlZ2llcyB0byBDb21wZXRlIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJBbmphbmluZ3J1bSIsImdpdmVuIjoiV2lkaXlhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiSGVybWF3YXRpIiwiZ2l2ZW4iOiJBZHlhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiWW9nYXRhbWEiLCJnaXZlbiI6IkFobWFkIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiU3VjaSIsImdpdmVuIjoiUmFoYXl1IiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiU2lkaSIsImdpdmVuIjoiQWd1cyIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDEzXV19LCJET0kiOiIxMC40MTA4L0VBSS43LTEwLTIwMjEuMjMxNjc4NCIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjIsNCwyN11dfSwiYWJzdHJhY3QiOiLigKYgVGhlIHB1cnBvc2Ugb2YgdGhpcyBzdHVkeSB3YXMgdG8gZGV0ZXJtaW5lIHRoZSBlZmZlY3Qgb2YgdGhlIFBlbnRhLWhlbGl4IGJ1c2luZXNzIGluY3ViYXRvciwgbWFya2V0IG9yaWVudGF0aW9uLCBhbmQgZW50cmVwcmVuZXVyaWFsIG9yaWVudGF0aW9uIG9uIGR5bmFtaWMgY2FwYWJpbGl0eSBhbmQgY29tcGV0aXRpdmUg4oCmIiwicHVibGlzaGVyIjoiRXVyb3BlYW4gQWxsaWFuY2UgZm9yIElubm92YXRpb24gbi5vLiIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
+          <w:id w:val="2083482202"/>
+          <w:placeholder>
+            <w:docPart w:val="EC34D1FB5B134D2B991D19F7AE914CA5"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00301BAB">
+            <w:t xml:space="preserve">(W. </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00301BAB">
+            <w:t>Anjaningrum</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00301BAB">
+            <w:t xml:space="preserve"> et al., 2022; Ningsih &amp; </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00301BAB">
+            <w:t>Handayani</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00301BAB">
+            <w:t>, 2025)</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00301BAB">
+        <w:t>, such as, or if they are in a sequence, use a hyphen, for example</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNzIwY2I4NmQtYzZiYS00ZjVmLTkzNDktNjBhOTEzYzQ3MzAzIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKFcuIEFuamFuaW5ncnVtIGV0IGFsLiwgMjAyMjsgVy4gRC4gQW5qYW5pbmdydW0gZXQgYWwuLCAyMDI0OyBEdXJhICYjMzg7IFdhcmRhbmEsIDIwMjQ7IE5pbmdzaWggJiMzODsgSGFuZGF5YW5pLCAyMDI1OyBTaWRpICYjMzg7IFNhbnRvc28sIDIwMjQpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiZjc3MWFkZWItOGZjNS0zYzNhLTkyMTgtN2U0MDZkZjE1Nzg5IiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiZjc3MWFkZWItOGZjNS0zYzNhLTkyMTgtN2U0MDZkZjE1Nzg5IiwidGl0bGUiOiJUaGUgU3VzdGFpbmFiaWxpdHkgUm9sZSBvZiBXb21lbiBFbnRyZXByZW5ldXJzIHRocm91Z2ggdGhlIERpZ2l0YWwgRmluYW5jaWFsIExpdGVyYWN5IE1vdmVtZW50IiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJEdXJhIiwiZ2l2ZW4iOiJKdXN0aXRhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiV2FyZGFuYSIsImdpdmVuIjoiRGl0eWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJQb3B1bGF0aW9uIGFuZCBFY29ub21pY3MgOCgzKTogMTA4LTEyOSIsImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDEzXV19LCJET0kiOiIxMC4zODk3L1BPUEVDT04uOC5FMTE2OTIzIiwiSVNTTiI6IjI2NTgtMzc5OCIsIlVSTCI6Imh0dHBzOi8vcG9wdWxhdGlvbmFuZGVjb25vbWljcy5wZW5zb2Z0Lm5ldC9hcnRpY2xlLzExNjkyMy8iLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI0LDEwLDMwXV19LCJwYWdlIjoiMTA4LTEyOSIsImFic3RyYWN0IjoiVGhpcyBzdHVkeSBkaXNjdXNzZXMgaG93IGZpbmFuY2lhbCB0ZWNobm9sb2d5IGFuZCBmaW5hbmNpYWwgbGl0ZXJhY3kgcGxheSBhIGNydWNpYWwgcm9sZSBpbiBzdXBwb3J0aW5nIHRoZSBzdXN0YWluYWJpbGl0eSBvZiBzbWFsbCBhbmQgbWVkaXVtIGVudGVycHJpc2VzIChTTUVzKSBpbiBFYXN0IEphdmEuIFRoZSB1dGlsaXphdGlvbiBvZiBmaW5hbmNpYWwgdGVjaG5vbG9neSwgd2hpY2ggaW5jbHVkZXMgdmFyaW91cyBkaWdpdGFsIHNlcnZpY2VzIHN1Y2ggYXMgb25saW5lIHBheW1lbnRzIGFuZCBhY2Nlc3MgdG8gZmluYW5jaW5nLCBhbG9uZyB3aXRoIGZpbmFuY2lhbCBsaXRlcmFjeSwgd2hpY2ggcmVmZXJzIHRvIHRoZSB1bmRlcnN0YW5kaW5nIGFuZCBhYmlsaXR5IHRvIG1hbmFnZSBmaW5hbmNlcyB3aXNlbHksIGhhcyBiZWVuIHByb3ZlbiB0byBiZSBlc3NlbnRpYWwgaW4gbWFpbnRhaW5pbmcgdGhlIGNvbXBldGl0aXZlbmVzcyBhbmQgZ3Jvd3RoIG9mIGJ1c2luZXNzZXMsIGVzcGVjaWFsbHkgYW1vbmcgZmVtYWxlIGVudHJlcHJlbmV1cnMuVGhlIHJlc2VhcmNoIHdhcyBjb25kdWN0ZWQgdXNpbmcgYSBzdXJ2ZXkgaW52b2x2aW5nIDM5MCBmZW1hbGUgZW50cmVwcmVuZXVycyBpbiBFYXN0IEphdmEsIHNlbGVjdGVkIHRocm91Z2ggcHVycG9zaXZlIHNhbXBsaW5nLiBVc2luZyBtdWx0aXBsZSBsaW5lYXIgcmVncmVzc2lvbiBhbmFseXNpcywgdGhlIGZpbmRpbmdzIGluZGljYXRlIHRoYXQgYm90aCBmaW5hbmNpYWwgdGVjaG5vbG9neSBhbmQgZmluYW5jaWFsIGxpdGVyYWN5IHNpZ25pZmljYW50bHkgaW1wYWN0IHRoZSBzdXN0YWluYWJpbGl0eSBvZiB3b21lbuKAmXMgYnVzaW5lc3NlcyBpbiB0aGUgcmVnaW9uLiBIb3dldmVyLCB0aGlzIHN0dWR5IGlzIGxpbWl0ZWQgYnkgaXRzIGZvY3VzIHNvbGVseSBvbiBmZW1hbGUgZW50cmVwcmVuZXVycyBpbiBFYXN0IEphdmEsIHdoaWNoIG1heSByZXN0cmljdCB0aGUgZ2VuZXJhbGl6YWJpbGl0eSBvZiB0aGUgcmVzdWx0cyB0byBvdGhlciBjaXRpZXMuIFRoZXJlZm9yZSwgYSBsYXJnZXIgc2FtcGxlIHNpemUgYWNyb3NzIHZhcmlvdXMgcmVnaW9ucyB3b3VsZCBwcm92aWRlIG1vcmUgY29tcHJlaGVuc2l2ZSBpbnNpZ2h0cy4gVGhpcyBzdHVkeSBzdWdnZXN0cyB0aGF0IHRoZSBFYXN0IEphdmEgZ292ZXJubWVudCBzaG91bGQgcGF5IGNsb3NlciBhdHRlbnRpb24gdG8gdGhpcyBzZWN0b3IsIGdpdmVuIGl0cyBzaWduaWZpY2FudCBjb250cmlidXRpb24gdG8gdGhlIHJlZ2lvbmFsIGFuZCBuYXRpb25hbCBlY29ub215LiIsInB1Ymxpc2hlciI6IkZhY3VsdHkgb2YgRWNvbm9taWNzLCBMb21vbm9zb3YgTW9zY293IFN0YXRlIFVuaXZlcnNpdHkiLCJpc3N1ZSI6IjMiLCJ2b2x1bWUiOiI4IiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX0seyJpZCI6ImM1NWMwYTNlLWQ3MjktMzFkMi05ODZkLWU2NGMzNDM2OTYxZiIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6ImM1NWMwYTNlLWQ3MjktMzFkMi05ODZkLWU2NGMzNDM2OTYxZiIsInRpdGxlIjoiVGhlIEluZmx1ZW5jZSBvZiBGaW5hbmNpbmcsIEZpbmFuY2luZyBSaXNrIGFuZCBMaXF1aWRpdHkgUmlzayBvbiB0aGUgUHJvZml0YWJpbGl0eSBvZiBQcml2YXRlIElzbGFtaWMgQ29tbWVyY2lhbCBCYW5rcyAoQlVTKSBpbiBJbmRvbmVzaWEiLCJhdXRob3IiOlt7ImZhbWlseSI6Ik5pbmdzaWgiLCJnaXZlbiI6Ildpd2lrIEZpdHJpYSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IkhhbmRheWFuaSIsImdpdmVuIjoiWXVuaW9yaXRhIEluZGFoIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiSnVybmFsIElsbWlhaCBCaXNuaXMgZGFuIEVrb25vbWkgQXNpYSIsImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDEzXV19LCJET0kiOiIxMC4zMjgxNS9KSUJFS0EuVjE5STIuMjM2OCIsIklTU04iOiIyNjIwLTg3NVgiLCJVUkwiOiJodHRwczovL2ppYmVrYS5hc2lhLmFjLmlkL2luZGV4LnBocC9qaWJla2EvYXJ0aWNsZS92aWV3LzIzNjgiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI1LDcsMTRdXX0sInBhZ2UiOiIxNDItMTUzIiwiYWJzdHJhY3QiOiJUaGlzIHJlc2VhcmNoIGFpbXMgdG8gZGV0ZXJtaW5lIHRoZSBlZmZlY3Qgb2YgbXVkaGFyYWJhaCwgbXVzeWFyYWthaCwgbXVyYWJhaGFoIGZpbmFuY2luZywgZmluYW5jaW5nIHJpc2sgYW5kIGxpcXVpZGl0eSByaXNrIG9uIHByb2ZpdGFiaWxpdHkgaW4gUHJpdmF0ZSBTaGFyaWEgQ29tbWVyY2lhbCBCYW5rcyBpbiAyMDE5LTIwMjMuIFRoZSBzdHVkeSB1c2VkIGlzIHF1YW50aXRhdGl2ZSBleHBsYW5hdG9yeSBtZXRob2QuIFRoZSBkYXRhIHVzZWQgYXJlIGRlcml2ZWQgZnJvbSBhbm51YWwgZmluYW5jaWFsIHJlcG9ydHMgb2YgUHJpdmF0ZSBTaGFyaWEgQ29tbWVyY2lhbCBCYW5rcy4gVGhlIHBvcHVsYXRpb24gaW4gdGhpcyByZXNlYXJjaCBpcyBQcml2YXRlIFNoYXJpYSBDb21tZXJjaWFsIEJhbmtzIGxpc3RlZCBvbiB0aGUgRmluYW5jaWFsIFNlcnZpY2VzIEF1dGhvcml0eSAoT0pLKS4gVGhlIHNhbXBsaW5nIHRlY2huaXF1ZSB1c2VkIGlzIHRoZSBwdXJwb3NpdmUgc2FtcGxpbmcgYW5kIG9idGFpbmVkIDUgYmFua3MuIFRoZSBkYXRhIGFuYWx5c2lzIHVzZWQgYXJlIGNsYXNzaWNhbCBhc3N1bXB0aW9uIHRlc3RpbmcsIG11bHRpcGxlIGxpbmVhciByZWdyZXNzaW9uLCBjb2VmZmljaWVudCBvZiBkZXRlcm1pbmF0aW9uIChSwqwyKSBhbmQgaHlwb3RoZXNpcyB0ZXN0aW5nLiBUaGUgcmVzdWx0cyBzaG93IHRoYXQgbXVkaGFyYWJhaCBmaW5hbmNpbmcsJm5ic3A7IG11cmFiYWhhaCBmaW5hbmNpbmcsIGZpbmFuY2luZyByaXNrLCBhbmQgbGlxdWlkaXR5IHJpc2sgcGFydGlhbGx5IGhhdmUgbm8gZWZmZWN0IG9uIHByb2ZpdGFiaWxpdHkgd2hpbGUgcGFydGlhbGx5IG11c3lhcmFrYWggZmluYW5jaW5nIGhhcyBhIHNpZ25pZmljYW50IGVmZmVjdCBvbiBwcm9maXRhYmlsaXR5LiBUaGlzIHJlc3VsdCBpbmRpY2F0ZSB0aGF0IGJhbmsgbmVlZCB0byBkZXZlbG9wIG11c3lhcmFrYWggZmluYW5jaW5nLCBpbmNyZWFzZSBvcGVyYXRpb25hbCBlZmZpY2llbmN5IGFuZCBkZXZlbG9wZSBlZmZlY3RpdmUgcmlzayBtYW5hZ2VtZW4gc3lzdGVtLiBNZWFud2hpbGUgc2hhcmlhIGJhbmtzIG5lZWQgdG8gaW1wcm92ZSBtYW5hZ2VtZW50IGNhcGFiaWxpdGllcyBpbmkgbWFuYWdpbmcgbXVkaGFyYWJhaCBhbmQgbXVyYWJhaGFoIGZpbmFuY2luZyBhbmQgZGV2ZWxvcCBuZXcgcHJvZHVjdCB0aGF0IGFyZSBtb3JlIHByb2ZpdGFibGUuJm5ic3A7IFNoYXJpYSBiYW5rcyBoYXZlIHRvIG1haW50YWluIGZpbmFuY2luZyByaXNrIChOUEYpIHNvIHRoYXQgaXQgZG8gbm90IGNhdXNlIHBvdGVudGlhbCBsb3NzZXMgaW4gdGhlIGZ1dHVyZSwgU2hhcmlhIGJhbmtzIGFsc28gbmVlZCB0byBpbXByb3ZlIG1hbmFnZW1lbiBjYXBhYmlsaXRpZXMgaW4gbWFuYWdpbmcgbGlxdWlkeSByaXNrIiwicHVibGlzaGVyIjoiSW5zdGl0dXQgVGVrbm9sb2dpIGRhbiBCaXNuaXMgQXNpYSBNYWxhbmciLCJpc3N1ZSI6IjIiLCJ2b2x1bWUiOiIxOSIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9LHsiaWQiOiIwMjQxNmYwNi1kODBkLTM0MTMtOGZlYi1hMDFlZmRmN2YyYmUiLCJpdGVtRGF0YSI6eyJ0eXBlIjoiYXJ0aWNsZS1qb3VybmFsIiwiaWQiOiIwMjQxNmYwNi1kODBkLTM0MTMtOGZlYi1hMDFlZmRmN2YyYmUiLCJ0aXRsZSI6IkNyZWF0aXZlIEluZHVzdHJ5IGluIHRoZSBQb3N0LVBhbmRlbWljIERpZ2l0YWwgRXJhOiBNZWFuaW5nZnVsIEluY3ViYXRpb24sIEN1c3RvbWVyIEZvY3VzLCBhbmQgSGlnaCBJbm5vdmF0aW9uIGFzIFN0cmF0ZWdpZXMgdG8gQ29tcGV0ZSIsImF1dGhvciI6W3siZmFtaWx5IjoiQW5qYW5pbmdydW0iLCJnaXZlbiI6IldpZGl5YSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6Ikhlcm1hd2F0aSIsImdpdmVuIjoiQWR5YSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IllvZ2F0YW1hIiwiZ2l2ZW4iOiJBaG1hZCIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlN1Y2kiLCJnaXZlbiI6IlJhaGF5dSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlNpZGkiLCJnaXZlbiI6IkFndXMiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsOSwxM11dfSwiRE9JIjoiMTAuNDEwOC9FQUkuNy0xMC0yMDIxLjIzMTY3ODQiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDIyLDQsMjddXX0sImFic3RyYWN0Ijoi4oCmIFRoZSBwdXJwb3NlIG9mIHRoaXMgc3R1ZHkgd2FzIHRvIGRldGVybWluZSB0aGUgZWZmZWN0IG9mIHRoZSBQZW50YS1oZWxpeCBidXNpbmVzcyBpbmN1YmF0b3IsIG1hcmtldCBvcmllbnRhdGlvbiwgYW5kIGVudHJlcHJlbmV1cmlhbCBvcmllbnRhdGlvbiBvbiBkeW5hbWljIGNhcGFiaWxpdHkgYW5kIGNvbXBldGl0aXZlIOKApiIsInB1Ymxpc2hlciI6IkV1cm9wZWFuIEFsbGlhbmNlIGZvciBJbm5vdmF0aW9uIG4uby4iLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfSx7ImlkIjoiMGJjYTc4MzMtNjllYy0zMGY3LWFjMWEtYzdkYTdkYzUzMzI2IiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiMGJjYTc4MzMtNjllYy0zMGY3LWFjMWEtYzdkYTdkYzUzMzI2IiwidGl0bGUiOiJDcmVhdGl2ZSBJbmR1c3RyaWVzw6LigqzihKIgUmlzayBBcHBldGl0ZSBpbiBFYXN0IEphdmEgYW5kIEl0cyBJbXBhY3Qgb24gRHluYW1pYyBDYXBhYmlsaXR5IGFuZCBDb21wZXRpdGl2ZSBBZHZhbnRhZ2UiLCJhdXRob3IiOlt7ImZhbWlseSI6IlNpZGkiLCJnaXZlbiI6IkFndXMgUHVybm9tbyIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlNhbnRvc28iLCJnaXZlbiI6IlJpc2EiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJCaW51cyBCdXNpbmVzcyBSZXZpZXciLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsOSwxM11dfSwiRE9JIjoiMTAuMjE1MTIvQkJSLlYxNUkyLjEwNDI5IiwiSVNTTiI6IjI0NzYtOTA1MyIsIlVSTCI6Imh0dHBzOi8vam91cm5hbC5iaW51cy5hYy5pZC9pbmRleC5waHAvQkJSL2FydGljbGUvdmlldy8xMDQyOSIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjQsNiwxNF1dfSwicGFnZSI6IjEwNy0xMTciLCJhYnN0cmFjdCI6IlN0dWRpZXMgcmVsYXRlZCB0byByaXNrIGFwcGV0aXRlLCB3aGljaCBwbGF5cyBhbiBpbXBvcnRhbnQgcm9sZSBpbiByaXNrIG1hbmFnZW1lbnQgaW4gdGhlIGNyZWF0aXZlIGVjb25vbXkgc2VjdG9yLCBzdGlsbCBuZWVkIHRvIGJlIG1hZGUgYXZhaWxhYmxlLCBzbyByZWxhdGluZyBpdCB3aXRoIGR5bmFtaWMgY2FwYWJpbGl0aWVzIGFuZCBjb21wZXRpdGl2ZSBhZHZhbnRhZ2UgaXMgdGhlIG1haW4gbm92ZWx0eSBvZiB0aGUgcmVzZWFyY2guIFRoZSByZXNlYXJjaCBhaW1lZCB0byB1bmRlcnN0YW5kIHRoZSByaXNrIGFwcGV0aXRlIG9mIHRoZSBjcmVhdGl2ZSBTbWFsbCBhbmQgTWVkaXVtLVNpemVkIEVudGVycHJpc2VzIChTTUVzKSBpbiBFYXN0IEphdmEsIEluZG9uZXNpYSwgYW5kIGFuYWx5emUgdGhlIGltcGFjdCBvZiB0aGUgcmlzayBhcHBldGl0ZSBvbiB0aGVpciBkeW5hbWljIGNhcGFiaWxpdGllcyBhbmQgY29tcGV0aXRpdmUgYWR2YW50YWdlcy4gUHJpbWFyeSBkYXRhIHdhcyBvYnRhaW5lZCB0aHJvdWdoIGEgcXVhbnRpdGF0aXZlIHJlc2VhcmNoIG1ldGhvZCB3aXRoIGEgTGlrZXJ0LXNpemVkIG9ubGluZSBxdWVzdGlvbm5haXJlIGluc3RydW1lbnQgYW5kIGRpc3RyaWJ1dGVkIHRvIDMwMCBjcmVhdGl2ZSBpbmR1c3RyaWVzIGluIEVhc3QgSmF2YSwgd2l0aCB0aGUgdW5pdCBvZiBhbmFseXNpcyBiZWluZyB0aGUgY3JlYXRpdmUgYnVzaW5lc3Mgb3duZXIuIFRoZSBkYXRhIHdlcmUgYW5hbHl6ZWQgdXNpbmcgUGFydGlhbCBMZWFzdCBTcXVhcmUgLSBTdHJ1Y3R1cmFsIEVxdWF0aW9uIE1vZGVsbGluZyAoUExTLVNFTSkgd2VpZ2h0IGFuYWx5c2lzIHdpdGggU21hcnRQTFMgdmVyc2lvbiA0IHNvZnR3YXJlLiBBZnRlciBwYXNzaW5nIHRoZSBleHRlcm5hbCB0ZXN0IGFuZCBpbm5lciBtb2RlbCwgaHlwb3RoZXNpcyB0ZXN0aW5nIHdhcyBjYXJyaWVkIG91dCBieSByZXZpZXdpbmcgdGhlIHQtc3RhdGlzdGljcyBhbmQgcC12YWx1ZXMuIFRoZSBhbmFseXNpcyByZXN1bHRzIHByb3ZpZGUgYSBzdXJwcmlzZSwgc2hvd2luZyB0aGF0IG5vdCBhbGwgdHlwZXMgb2YgcmlzayBhcHBldGl0ZSBzaWduaWZpY2FudGx5IGltcGFjdCBkeW5hbWljIGNhcGFiaWxpdGllcyBhbmQgY29tcGV0aXRpdmUgYWR2YW50YWdlLiBBdm9pZGluZyB0aGUgZGlzY292ZXJ5IG9mIGRldHJpbWVudGFsIHJpc2tzIHRvIGR5bmFtaWMgY2FwYWJpbGl0aWVzIGFuZCBjb21wZXRpdGl2ZSBhZHZhbnRhZ2UgZW1waGFzaXplcyB0aGF0IGluIHRoaXMgZXJhLCBldmVyeSBjcmVhdGl2ZSBTTUUgbXVzdCBmYWNlIHJpc2tzLiBBdm9pZGluZyByaXNrcyBtYWtlcyB0aGUgYnVzaW5lc3MgdW5hYmxlIHRvIGZhY2UgZHluYW1pYyBjaGFuZ2VzIGluIGNvbmRpdGlvbnMgYW5kIHdpbGwgbm90IGhhdmUgYSBjb21wZXRpdGl2ZSBhZHZhbnRhZ2UuIEhvd2V2ZXIsIHJpc2sgYW5kIHJldmVudWUgc2hhcmluZyBkbyBub3Qgc2lnbmlmaWNhbnRseSBpbXBhY3QgY29tcGV0aXRpdmUgYWR2YW50YWdlLiBJdCBoYXMgYSBzdHJvbmcgaW1wYWN0IHRocm91Z2ggZHluYW1pYyBjYXBhYmlsaXRpZXMuIENyZWF0aXZlIFNNRXMgY2FuIGNob29zZSB0byB0cmFuc2ZlciByaXNrcyBvciByZWR1Y2UgdGhlbS4gRnV0dXJlIHJlc2VhcmNoIGNhbiBleGFtaW5lIGRpZmZlcmVudCByaXNrIGFwcGV0aXRlcyBmb3IgY3JlYXRpdmUgZWNvbm9teSBpbiBlYWNoIHN1YnNlY3Rvci4iLCJwdWJsaXNoZXIiOiJVbml2ZXJzaXRhcyBCaW5hIE51c2FudGFyYSIsImlzc3VlIjoiMiIsInZvbHVtZSI6IjE1IiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX0seyJpZCI6IjlhNThmYzVmLTVmNWUtM2IzOS05YTQxLTJjYmY1ZGM3NzUwMiIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6IjlhNThmYzVmLTVmNWUtM2IzOS05YTQxLTJjYmY1ZGM3NzUwMiIsInRpdGxlIjoiU3B1cnJpbmcgU01Fc+KAmSBwZXJmb3JtYW5jZSB0aHJvdWdoIGJ1c2luZXNzIGludGVsbGlnZW5jZSwgb3JnYW5pemF0aW9uYWwgYW5kIG5ldHdvcmsgbGVhcm5pbmcsIGN1c3RvbWVyIHZhbHVlIGFudGljaXBhdGlvbiwgYW5kIGlubm92YXRpb24gLSBFbXBpcmljYWwgZXZpZGVuY2Ugb2YgdGhlIGNyZWF0aXZlIGVjb25vbXkgc2VjdG9yIGluIEVhc3QgSmF2YSwgSW5kb25lc2lhIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJBbmphbmluZ3J1bSIsImdpdmVuIjoiV2lkaXlhIERld2kiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJBeml6YWgiLCJnaXZlbiI6Ik51ciIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlN1cnlhZGkiLCJnaXZlbiI6Ik5hbmFuZyIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6IkhlbGl5b24iLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiJIZWxpeW9uIiwiYWNjZXNzZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI1LDksMTNdXX0sIkRPSSI6IjEwLjEwMTYvSi5IRUxJWU9OLjIwMjQuRTI3OTk4IiwiSVNTTiI6IjI0MDU4NDQwIiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyNCw0LDE1XV19LCJhYnN0cmFjdCI6IlNldmVyYWwgc3R1ZGllcyBoYXZlIGV4cGxvcmVkIGZpcm0gcGVyZm9ybWFuY2UgaW4gdGhlIHBvc3QtQ292aWQtMTkgcGFuZGVtaWMgZXJhLiBIb3dldmVyLCB0aGVyZSBpcyBub3QgbXVjaCByZXNlYXJjaCB0byBmaW5kIHJlcG9ydHMgZGl2dWxnaW5nIHRoZSBjb21wbGV4IHJlbGF0aW9uc2hpcCBkeW5hbWljcyBiZXR3ZWVuIGJ1c2luZXNzIGludGVsbGlnZW5jZSwgb3JnYW5pemF0aW9uYWwgYW5kIG5ldHdvcmsgbGVhcm5pbmcsIGN1c3RvbWVyIHZhbHVlIGFudGljaXBhdGlvbiwgYW5kIGNyZWF0aXZlIGVjb25vbXktYmFzZWQgc21hbGwtbWVkaXVtIGVudGVycHJpc2VzIChTTUVzKSBwZXJmb3JtYW5jZSBpbiBkZXZlbG9waW5nIGNvdW50cmllcy4gVGhpcyBzdHVkeSBhaW1zIHRvIHVuY292ZXIgdGhlIGNvbXBsZXhpdHkgb2YgdGhvc2UgcmVsYXRpb25zaGlwcy4gVGhlIHF1YW50aXRhdGl2ZSBkYXRhIHdlcmUgY29sbGVjdGVkIGZyb20gMzEzIGNyZWF0aXZlIGVjb25vbXktYmFzZWQgU01FcyBpbiBFYXN0IEphdmEsIEluZG9uZXNpYS4gVXNpbmcgUExTLVNFTSwgdGhpcyBzdHVkeSBkaXNjbG9zZWQgdGhhdCBidXNpbmVzcyBpbnRlbGxpZ2VuY2UgcHJhY3RpY2VzIGNvdWxkIG5vdCBkaXJlY3RseSBpbXBhY3QgU01FcycgcGVyZm9ybWFuY2UuIEJ1c2luZXNzIGludGVsbGlnZW5jZSB3aWxsIGJlIGNydWNpYWwgdG8gU01FcycgcGVyZm9ybWFuY2Ugd2l0aCB0aGUgc3VwcG9ydCBvZiBvcmdhbml6YXRpb25hbCBsZWFybmluZyBhcyBhIG1lZGlhdG9yLiBUaGUgZmluZGluZyBhbHNvIGNvbmZpcm1lZCB0aGUgcHJlc2VuY2Ugb2Ygc2VyaWFsIG1lZGlhdGlvbiBvZiBvcmdhbml6YXRpb25hbCBsZWFybmluZyBhbmQgaW5ub3ZhdGlvbiBpbiB0aGUgcmVsYXRpb25zaGlwIGJldHdlZW4gYnVzaW5lc3MgaW50ZWxsaWdlbmNlIGFuZCBTTUVzJyBwZXJmb3JtYW5jZS4gSG93ZXZlciwgdGhlIHJvbGUgb2YgbmV0d29yayBsZWFybmluZyBhbmQgaW5ub3ZhdGlvbiBpcyBhbHNvIGltcG9ydGFudCwgY29uc2lkZXJpbmcgdGhlaXIgcmVsYXRpdmVseSBsYXJnZSBkaXJlY3QgaW1wYWN0IG9uIFNNRXPigJkgcGVyZm9ybWFuY2UuIFRoZSB0aGVvcmV0aWNhbCBpbXBsaWNhdGlvbnMgb2YgdGhpcyByZXNlYXJjaCBicm9rZSB0aGUgYm91bmRhcmllcyBvZiBzdHJhdGVnaWMgbWFuYWdlbWVudCB0aGVvcnkgaW4gcmVzb3VyY2UtYmFzZWQgdmlldyBhbmQga25vd2xlZGdlLWJhc2VkIHZpZXcgaW4gdGhlIGxhdGVzdCBlcmEsIHdoZXJlIGNyZWF0aXZlIGVjb25vbXktYmFzZWQgU01FcyBoYXZlIGJlZW4gYWJsZSB0byBtb2JpbGl6ZSByZXNvdXJjZXMgdG8gY2Fycnkgb3V0IGJ1c2luZXNzIGludGVsbGlnZW5jZSB0byByZWFsaXplIGlubm92YXRpb24gYW5kIGhpZ2ggcGVyZm9ybWFuY2UuIEZ1cnRoZXIgcmVzZWFyY2ggaXMgc3VnZ2VzdGVkIHRvIGV4cGxvcmUgdGhlIHJvbGUgb2YgYnVzaW5lc3MgaW50ZWxsaWdlbmNlIGluIHByb21vdGluZyBzcGVjaWZpYyBwZXJmb3JtYW5jZSBhcmVhcywgc3VjaCBhcyBtYXJrZXRpbmcgcGVyZm9ybWFuY2UsIGZpbmFuY2lhbCBwZXJmb3JtYW5jZSwgYW5kIGh1bWFuIHJlc291cmNlIG1hbmFnZW1lbnQuIEluIGFkZGl0aW9uLCBpdCBpcyBhZHZpc2FibGUgdG8gY2hvb3NlIG1vcmUgc3BlY2lmaWMgcmVzZWFyY2ggc3ViamVjdHMsIGluY2x1ZGluZyB0aG9zZSBpbiB0aGUgY3VsaW5hcnkgc3Vic2VjdG9yLCBhbmQgcGF5IGF0dGVudGlvbiB0byBvdGhlciBhcmVhcywgZS5nLiwgdGhlIGRlbW9ncmFwaGljcyBvZiByZXNwb25kZW50cyBpbiB0aGUgbW9kZWwgYXMgYSBjb250cm9sIHZhcmlhYmxlLiIsInB1Ymxpc2hlciI6IkVsc2V2aWVyIEx0ZCIsImlzc3VlIjoiNyIsInZvbHVtZSI6IjEwIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
+          <w:id w:val="919996714"/>
+          <w:placeholder>
+            <w:docPart w:val="EC34D1FB5B134D2B991D19F7AE914CA5"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00301BAB">
+            <w:t xml:space="preserve">(W. </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00301BAB">
+            <w:t>Anjaningrum</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00301BAB">
+            <w:t xml:space="preserve"> et al., 2022; W. D. </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00301BAB">
+            <w:t>Anjaningrum</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00301BAB">
+            <w:t xml:space="preserve"> et al., 2024; Dura &amp; Wardana, 2024; Ningsih &amp; </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00301BAB">
+            <w:t>Handayani</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00301BAB">
+            <w:t>, 2025; Sidi &amp; Santoso, 2024)</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00301BAB">
+        <w:t xml:space="preserve"> . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B7085D" w14:textId="7E3E8128" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="00955B64">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="001F5DDD">
         <w:t>Research Methods</w:t>
       </w:r>
       <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
-        <w:t xml:space="preserve"> [Heading 1]</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3008EE48" w14:textId="64A8DE2A" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+    <w:p w14:paraId="5DC8BBBD" w14:textId="69712190" w:rsidR="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:t>The research methods section should present the experimental procedure in detail and systematically so that it can be reproduced by other researchers and produce consistent findings. If the procedure refers to previous research, appropriate and accurate references must be included. The description of the methodology should be clear and complete, including all steps, materials, and equipment used.</w:t>
       </w:r>
       <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
-        <w:t xml:space="preserve"> [Normal]</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61AA1772" w14:textId="0DCFE14B" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+    <w:p w14:paraId="56D353E8" w14:textId="77777777" w:rsidR="00955B64" w:rsidRPr="00955B64" w:rsidRDefault="00955B64" w:rsidP="00955B64">
+      <w:r w:rsidRPr="00955B64">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="295E4F70" wp14:editId="221A378F">
+            <wp:extent cx="5486400" cy="850900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1242192136" name="Diagram 3"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId10" r:lo="rId11" r:qs="rId12" r:cs="rId13"/>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0446C0C7" w14:textId="77777777" w:rsidR="00955B64" w:rsidRPr="00955B64" w:rsidRDefault="00955B64" w:rsidP="00EF730F">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00955B64">
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955B64">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00955B64">
+        <w:instrText xml:space="preserve"> SEQ Figure \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00955B64">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00955B64">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955B64">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00955B64">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955B64">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Phase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955B64">
+        <w:t xml:space="preserve"> Process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D72756" w14:textId="3EEDDB0F" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="00955B64">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="001F5DDD">
         <w:t>Result</w:t>
       </w:r>
       <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
-        <w:t xml:space="preserve"> [Heading 1]</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555261B4" w14:textId="69BE3FAD" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+    <w:p w14:paraId="710CFABC" w14:textId="7D144756" w:rsidR="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve">Present the research results neatly, completely, and systematically. Use tables, figures, and schemes that are clear, easy to read, accurate, and have sufficient resolution to visualize the findings. Each piece of data presented must be logically connected to the discussion, ensuring that the meaning and impact of the research findings can be interpreted correctly. </w:t>
       </w:r>
-      <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="547B28CE" w14:textId="082DCF60" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
-[...192 lines deleted...]
-    <w:p w14:paraId="3A5523B7" w14:textId="1005D0CD" w:rsidR="00320E8E" w:rsidRPr="00A1243C" w:rsidRDefault="00320E8E" w:rsidP="00D601DF">
+    <w:p w14:paraId="6046F250" w14:textId="6A433ACC" w:rsidR="00301BAB" w:rsidRPr="009263F9" w:rsidRDefault="00301BAB" w:rsidP="009263F9">
       <w:pPr>
         <w:pStyle w:val="TableCaption"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A1243C">
+      <w:r w:rsidRPr="009263F9">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidR="007465C7">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00A1243C">
+      <w:fldSimple w:instr=" SEQ Table \* ARABIC ">
+        <w:r w:rsidRPr="009263F9">
+          <w:t>1</w:t>
+        </w:r>
+      </w:fldSimple>
+      <w:r w:rsidRPr="009263F9">
         <w:t xml:space="preserve"> Data</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> [Table Caption]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9309" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3103"/>
         <w:gridCol w:w="3103"/>
         <w:gridCol w:w="3103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w14:paraId="68403620" w14:textId="77777777" w:rsidTr="004314FF">
+      <w:tr w:rsidR="00301BAB" w:rsidRPr="00301BAB" w14:paraId="1F3C781D" w14:textId="77777777" w:rsidTr="00EF730F">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="252"/>
+          <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F480629" w14:textId="5ACA9F30" w:rsidR="00320E8E" w:rsidRPr="00A1243C" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+          <w:p w14:paraId="1CCAC0E7" w14:textId="497E5DDC" w:rsidR="00301BAB" w:rsidRPr="00EF730F" w:rsidRDefault="00EF730F" w:rsidP="00EF730F">
             <w:pPr>
               <w:pStyle w:val="TableHeader"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A1243C">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> [Table Header]</w:t>
+            <w:r>
+              <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39213534" w14:textId="7EDF4A47" w:rsidR="00320E8E" w:rsidRPr="00A1243C" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+          <w:p w14:paraId="29572F97" w14:textId="07E44759" w:rsidR="00301BAB" w:rsidRPr="00EF730F" w:rsidRDefault="00EF730F" w:rsidP="00EF730F">
             <w:pPr>
               <w:pStyle w:val="TableHeader"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A1243C">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> [Table Header]</w:t>
+            <w:r>
+              <w:t>Component</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A02CB5B" w14:textId="4013D437" w:rsidR="00320E8E" w:rsidRPr="00A1243C" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+          <w:p w14:paraId="10C98D40" w14:textId="140366E0" w:rsidR="000472E2" w:rsidRPr="00EF730F" w:rsidRDefault="00EF730F" w:rsidP="00EF730F">
             <w:pPr>
               <w:pStyle w:val="TableHeader"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A1243C">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> [Table Header]</w:t>
+            <w:r>
+              <w:t>∑</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w14:paraId="163E0F10" w14:textId="77777777" w:rsidTr="004314FF">
+      <w:tr w:rsidR="00301BAB" w:rsidRPr="00301BAB" w14:paraId="3A9F0919" w14:textId="77777777" w:rsidTr="00EF730F">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="230"/>
+          <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02696230" w14:textId="5A6A368B" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+          <w:p w14:paraId="6DD8BC49" w14:textId="31073949" w:rsidR="00301BAB" w:rsidRPr="00EF730F" w:rsidRDefault="00EF730F" w:rsidP="00EF730F">
             <w:pPr>
-              <w:pStyle w:val="Tableleft"/>
+              <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
-            <w:r w:rsidRPr="001F5DDD">
-              <w:t>1</w:t>
+            <w:r>
+              <w:t>Sex</w:t>
             </w:r>
-            <w:r w:rsidR="00300240" w:rsidRPr="001F5DDD">
-              <w:t xml:space="preserve"> [Table Left]</w:t>
+            <w:r w:rsidR="00301BAB" w:rsidRPr="00EF730F">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FE888E2" w14:textId="06861C39" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+          <w:p w14:paraId="2EBC2EDD" w14:textId="71D36AD8" w:rsidR="00301BAB" w:rsidRPr="00EF730F" w:rsidRDefault="00EF730F" w:rsidP="00EF730F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
-            <w:r w:rsidRPr="001F5DDD">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> [Table Paragraph]</w:t>
+            <w:r>
+              <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36D7F77C" w14:textId="1D18F173" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+          <w:p w14:paraId="045E8EF5" w14:textId="631DD28F" w:rsidR="000472E2" w:rsidRPr="00EF730F" w:rsidRDefault="00EF730F" w:rsidP="00EF730F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
-            <w:r w:rsidRPr="001F5DDD">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> [Table Paragraph]</w:t>
+            <w:r>
+              <w:t>385</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w14:paraId="7CE1A7EB" w14:textId="77777777" w:rsidTr="004314FF">
+      <w:tr w:rsidR="00301BAB" w:rsidRPr="00301BAB" w14:paraId="4476068B" w14:textId="77777777" w:rsidTr="00DD46E8">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="230"/>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="022CD17D" w14:textId="63887017" w:rsidR="00301BAB" w:rsidRPr="00EF730F" w:rsidRDefault="00301BAB" w:rsidP="00EF730F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C6D4DE1" w14:textId="5FE1035C" w:rsidR="00301BAB" w:rsidRPr="00EF730F" w:rsidRDefault="00EF730F" w:rsidP="00EF730F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Female</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58515D52" w14:textId="1D691647" w:rsidR="000472E2" w:rsidRPr="00EF730F" w:rsidRDefault="00EF730F" w:rsidP="00EF730F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>127</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00301BAB" w:rsidRPr="00301BAB" w14:paraId="16C481B0" w14:textId="77777777" w:rsidTr="00DD46E8">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EE5E566" w14:textId="471ABEB7" w:rsidR="00301BAB" w:rsidRPr="00EF730F" w:rsidRDefault="00EF730F" w:rsidP="00EF730F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Education</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="549E7144" w14:textId="27E928F8" w:rsidR="00301BAB" w:rsidRPr="00EF730F" w:rsidRDefault="00EF730F" w:rsidP="00EF730F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Undergraduate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D6C173E" w14:textId="32829A05" w:rsidR="000472E2" w:rsidRPr="00EF730F" w:rsidRDefault="00DD46E8" w:rsidP="00EF730F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>446</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD46E8" w:rsidRPr="00301BAB" w14:paraId="64AC503D" w14:textId="77777777" w:rsidTr="00DD46E8">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65D4A96F" w14:textId="633AB350" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+          <w:p w14:paraId="50E75483" w14:textId="77777777" w:rsidR="00DD46E8" w:rsidRDefault="00DD46E8" w:rsidP="00EF730F">
             <w:pPr>
-              <w:pStyle w:val="Tableleft"/>
+              <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
-            <w:r w:rsidRPr="001F5DDD">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> [Table Left]</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A1FF6E" w14:textId="7BB65992" w:rsidR="00DD46E8" w:rsidRDefault="00DD46E8" w:rsidP="00EF730F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Graduate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A74F240" w14:textId="241F1750" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+          <w:p w14:paraId="42D0F0A2" w14:textId="4C24C2BF" w:rsidR="00DD46E8" w:rsidRPr="00EF730F" w:rsidRDefault="00DD46E8" w:rsidP="00EF730F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
-            <w:r w:rsidRPr="001F5DDD">
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> [Table Paragraph]</w:t>
+            <w:r>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w14:paraId="597F286F" w14:textId="77777777" w:rsidTr="004314FF">
+      <w:tr w:rsidR="00155CB0" w:rsidRPr="00301BAB" w14:paraId="26AA63B0" w14:textId="77777777" w:rsidTr="00DD46E8">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="230"/>
+          <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77F3DFA6" w14:textId="4A5D94CE" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+          <w:p w14:paraId="416272B4" w14:textId="77777777" w:rsidR="00155CB0" w:rsidRDefault="00155CB0" w:rsidP="00155CB0">
             <w:pPr>
-              <w:pStyle w:val="Tableleft"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="001F5DDD">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> [Table Left]</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78D72DDE" w14:textId="486C18E3" w:rsidR="00155CB0" w:rsidRDefault="00155CB0" w:rsidP="00155CB0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Post-Graduate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61D7D81E" w14:textId="601DF682" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+          <w:p w14:paraId="72078C9D" w14:textId="6B01EBE0" w:rsidR="00155CB0" w:rsidRPr="00155CB0" w:rsidRDefault="00155CB0" w:rsidP="00155CB0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
-            <w:r w:rsidRPr="001F5DDD">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> [Table Paragraph]</w:t>
+            <w:r>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7E3F0835" w14:textId="3DB6CD91" w:rsidR="00320E8E" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+    <w:p w14:paraId="65F87978" w14:textId="1A641A9D" w:rsidR="00DD46E8" w:rsidRDefault="00DD46E8" w:rsidP="00DD46E8">
       <w:pPr>
-        <w:pStyle w:val="source"/>
-[...294 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001835F8">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> or as per journal style).</w:t>
+    </w:p>
+    <w:p w14:paraId="69AB27F7" w14:textId="510C752F" w:rsidR="00DD46E8" w:rsidRPr="00DD46E8" w:rsidRDefault="00DD46E8" w:rsidP="009263F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD46E8">
+        <w:t>Formula</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="203FC858" w14:textId="3BC601CB" w:rsidR="001F5DDD" w:rsidRPr="004D1689" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
+    <w:p w14:paraId="6629147B" w14:textId="77777777" w:rsidR="00DD46E8" w:rsidRPr="00DD46E8" w:rsidRDefault="00DD46E8" w:rsidP="00DD46E8">
+      <w:r w:rsidRPr="00DD46E8">
+        <w:t>Author is suggested to use the equation editor in the typing formula. The formulas should be located on the left where the caption number is at the end of the right margin which is preceded by periods along the formula and description number.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5103A626" w14:textId="77777777" w:rsidR="00DD46E8" w:rsidRPr="00DD46E8" w:rsidRDefault="00DD46E8" w:rsidP="00DD46E8">
       <w:pPr>
-        <w:pStyle w:val="number"/>
+        <w:pStyle w:val="Formula"/>
       </w:pPr>
-      <w:r w:rsidRPr="004D1689">
-        <w:t>Bullet List</w:t>
+      <w:r w:rsidRPr="00DD46E8">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Y </w:t>
       </w:r>
-      <w:r w:rsidR="00C352E1">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD46E8">
+        <w:t>=  α</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD46E8">
+        <w:t xml:space="preserve"> + β1.X1it + β2.X2it + β3.X3it + β4.X4it + β5.X5it + β6.X6it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD46E8">
+        <w:tab/>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FBFF1A" w14:textId="71BF2C21" w:rsidR="00320E8E" w:rsidRPr="00955B64" w:rsidRDefault="00320E8E" w:rsidP="00955B64">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>Discussion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73764536" w14:textId="069BE958" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>The flow of the discussion should have a clear structure, gradually directing attention to the key points on which the research conclusions are based. Conduct a thorough comparative analysis between the research results and previous studies, especially those discussed in the introduction.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C352E1" w:rsidRPr="00C352E1">
-        <w:t>[1. number]</w:t>
+    </w:p>
+    <w:p w14:paraId="1B4A0E5F" w14:textId="0F4F683B" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="00955B64">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>Conclusion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F5A764" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
-[...1 lines deleted...]
-        <w:t>Use this format for descriptive items that do not require a specific order</w:t>
+    <w:p w14:paraId="03161FC4" w14:textId="78968CB6" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>The conclusion section summarizes the research's key findings by addressing the objectives of the study. Present the results of the research data and analysis that support the conclusion statement. The section may include research limitations and suggestions for improvements, as well as recommendations for future research and policy changes. The conclusions should be written critically, carefully, logically, and honestly, based on the facts obtained. The conclusion should be presented concisely and avoid lists of conclusions in bullet or number form.</w:t>
       </w:r>
-      <w:r>
-        <w:t>.</w:t>
+      <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="702395D8" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
-      <w:r w:rsidRPr="00BC1C53">
+    <w:p w14:paraId="02CD6019" w14:textId="4954021A" w:rsidR="00320E8E" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="00955B64">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>References</w:t>
+      </w:r>
+      <w:r w:rsidR="009C31DD" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BEC53E9" w14:textId="49A3D2F7" w:rsidR="00915498" w:rsidRPr="001F5DDD" w:rsidRDefault="00320E8E" w:rsidP="004314FF">
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">Authors are encouraged to use Mendeley or Zotero Reference Manager Software. The citation and reference formatting should follow the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1D57">
+        <w:t xml:space="preserve">APA7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">Style guidelines. While it is not necessary to have an extensive list of references, a minimum of </w:t>
+      </w:r>
+      <w:r w:rsidR="0080163D">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> references is required with at least 80% of them from main </w:t>
+      </w:r>
+      <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
+        <w:t>sources</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5DDD">
+        <w:t>. Journal article references are recommended to be no more than 7 years old, except if they remain relevant 30% at most.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37D5F" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve">  Provision of a DOI link for each reference from a journal is not mandatory; however, we strongly advocate for it.</w:t>
+      </w:r>
+      <w:r w:rsidR="00915498" w:rsidRPr="001F5DDD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C08137C" w14:textId="690F28F6" w:rsidR="00915498" w:rsidRDefault="006A1CCD" w:rsidP="008264BC">
+      <w:r w:rsidRPr="001F5DDD">
         <w:t>Example:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20387C9A" w14:textId="77777777" w:rsidR="001F5DDD" w:rsidRDefault="001F5DDD" w:rsidP="004314FF">
-[...211 lines deleted...]
-      <w:r w:rsidR="001F5DDD" w:rsidRPr="001F5DDD">
+    <w:sdt>
+      <w:sdtPr>
         <w:rPr>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:drawing>
-[...84 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+        <w:tag w:val="MENDELEY_BIBLIOGRAPHY"/>
+        <w:id w:val="1086187460"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w14:paraId="72D40A0D" w14:textId="77777777" w:rsidR="00AE1D57" w:rsidRPr="00AE1D57" w:rsidRDefault="00AE1D57">
+          <w:pPr>
+            <w:autoSpaceDE w:val="0"/>
+            <w:autoSpaceDN w:val="0"/>
+            <w:ind w:hanging="480"/>
+            <w:divId w:val="1139420521"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:kern w:val="0"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="fi-FI"/>
+              <w14:ligatures w14:val="none"/>
+            </w:rPr>
+          </w:pPr>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>Anjaningrum</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, W. D., Azizah, N., &amp; </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>Suryadi</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, N. (2024). Spurring SMEs’ performance through business intelligence, organizational and network learning, customer value anticipation, and innovation - Empirical evidence of the creative economy sector in East Java, Indonesia. </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+              <w:lang w:val="fi-FI"/>
+            </w:rPr>
+            <w:t>Heliyon</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:lang w:val="fi-FI"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+              <w:lang w:val="fi-FI"/>
+            </w:rPr>
+            <w:t>10</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:lang w:val="fi-FI"/>
+            </w:rPr>
+            <w:t>(7). https://doi.org/10.1016/J.HELIYON.2024.E27998</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="4B929899" w14:textId="77777777" w:rsidR="00AE1D57" w:rsidRPr="00AE1D57" w:rsidRDefault="00AE1D57">
+          <w:pPr>
+            <w:autoSpaceDE w:val="0"/>
+            <w:autoSpaceDN w:val="0"/>
+            <w:ind w:hanging="480"/>
+            <w:divId w:val="970865821"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:lang w:val="fi-FI"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Anjaningrum, W., Hermawati, A., Yogatama, A., Suci, R., &amp; Sidi, A. (2022). </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>Creative Industry in the Post-Pandemic Digital Era: Meaningful Incubation, Customer Focus, and High Innovation as Strategies to Compete</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>. https://doi.org/10.4108/EAI.7-10-2021.2316784</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="51F4F36F" w14:textId="77777777" w:rsidR="00AE1D57" w:rsidRPr="00AE1D57" w:rsidRDefault="00AE1D57">
+          <w:pPr>
+            <w:autoSpaceDE w:val="0"/>
+            <w:autoSpaceDN w:val="0"/>
+            <w:ind w:hanging="480"/>
+            <w:divId w:val="1805463017"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Dura, J., &amp; Wardana, D. (2024). The Sustainability Role of Women Entrepreneurs through the Digital Financial Literacy Movement. </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>Population and Economics 8(3): 108-129</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>8</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>(3), 108–129. https://doi.org/10.3897/POPECON.8.E116923</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="3D2BB899" w14:textId="77777777" w:rsidR="00AE1D57" w:rsidRPr="00AE1D57" w:rsidRDefault="00AE1D57">
+          <w:pPr>
+            <w:autoSpaceDE w:val="0"/>
+            <w:autoSpaceDN w:val="0"/>
+            <w:ind w:hanging="480"/>
+            <w:divId w:val="1180242422"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:lang w:val="fi-FI"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Ningsih, W. F., &amp; </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>Handayani</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, Y. I. (2025). The Influence of Financing, Financing Risk and Liquidity Risk on the Profitability of Private Islamic Commercial Banks (BUS) in Indonesia. </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+              <w:lang w:val="fi-FI"/>
+            </w:rPr>
+            <w:t>Jurnal Ilmiah Bisnis Dan Ekonomi Asia</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:lang w:val="fi-FI"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+              <w:lang w:val="fi-FI"/>
+            </w:rPr>
+            <w:t>19</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:lang w:val="fi-FI"/>
+            </w:rPr>
+            <w:t>(2), 142–153. https://doi.org/10.32815/JIBEKA.V19I2.2368</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="00FEE655" w14:textId="5D3677B6" w:rsidR="008264BC" w:rsidRPr="00301BAB" w:rsidRDefault="00AE1D57" w:rsidP="00301BAB">
+          <w:pPr>
+            <w:autoSpaceDE w:val="0"/>
+            <w:autoSpaceDN w:val="0"/>
+            <w:ind w:left="480" w:hanging="480"/>
+            <w:divId w:val="314727006"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:lang w:val="fi-FI"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sidi, A. P., &amp; Santoso, R. (2024). </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Creative </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>Industriesâ€</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:vertAlign w:val="superscript"/>
+            </w:rPr>
+            <w:t>TM</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Risk Appetite in East Java and Its Impact on Dynamic Capability and Competitive Advantage. </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>Binus Business Review</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>15</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AE1D57">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>(2), 107–117. https://doi.org/10.21512/BBR.V15I2.10429</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:sectPr w:rsidR="008264BC" w:rsidRPr="00301BAB" w:rsidSect="00254693">
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="737" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="680" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CDF5A43" w14:textId="77777777" w:rsidR="00E4189C" w:rsidRPr="001F5DDD" w:rsidRDefault="00E4189C" w:rsidP="004314FF">
+    <w:p w14:paraId="4A66F03B" w14:textId="77777777" w:rsidR="00AD25A9" w:rsidRPr="001F5DDD" w:rsidRDefault="00AD25A9" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7AA28734" w14:textId="77777777" w:rsidR="00E4189C" w:rsidRPr="001F5DDD" w:rsidRDefault="00E4189C" w:rsidP="004314FF">
+    <w:p w14:paraId="2301FA75" w14:textId="77777777" w:rsidR="00AD25A9" w:rsidRPr="001F5DDD" w:rsidRDefault="00AD25A9" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="290FEDC6" w14:textId="0F0F3736" w:rsidR="00A405B2" w:rsidRPr="001F5DDD" w:rsidRDefault="00661B3A" w:rsidP="004314FF">
+  <w:p w14:paraId="71A51200" w14:textId="645C7A29" w:rsidR="00A405B2" w:rsidRPr="001F5DDD" w:rsidRDefault="000472E2" w:rsidP="004314FF">
     <w:pPr>
       <w:pStyle w:val="Pages"/>
     </w:pPr>
-    <w:r w:rsidRPr="001F5DDD">
-      <w:t xml:space="preserve">Jibeka </w:t>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Author | </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidR="00254693" w:rsidRPr="00254693">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Jibeka</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00620EE8" w:rsidRPr="001F5DDD">
       <w:t>|</w:t>
     </w:r>
     <w:r w:rsidR="000F64B3" w:rsidRPr="001F5DDD">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00620EE8" w:rsidRPr="001F5DDD">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00620EE8" w:rsidRPr="001F5DDD">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00620EE8" w:rsidRPr="001F5DDD">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00620EE8" w:rsidRPr="001F5DDD">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00620EE8" w:rsidRPr="001F5DDD">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="29021685" w14:textId="77777777" w:rsidR="003073F9" w:rsidRPr="001F5DDD" w:rsidRDefault="00B802F7" w:rsidP="004314FF">
+  <w:p w14:paraId="25CDDB4F" w14:textId="77777777" w:rsidR="003073F9" w:rsidRPr="001F5DDD" w:rsidRDefault="00B802F7" w:rsidP="004314FF">
     <w:pPr>
       <w:pStyle w:val="Volume"/>
     </w:pPr>
     <w:r w:rsidRPr="001F5DDD">
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BF95D01" wp14:editId="5871E17A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-1289685</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>31750</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="8402955" cy="565150"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="717105103" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="717105103" name="Picture 717105103"/>
@@ -1871,91 +2057,111 @@
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="003073F9" w:rsidRPr="001F5DDD">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F8C6D94" w14:textId="77777777" w:rsidR="00E4189C" w:rsidRPr="001F5DDD" w:rsidRDefault="00E4189C" w:rsidP="004314FF">
+    <w:p w14:paraId="76168BE5" w14:textId="77777777" w:rsidR="00AD25A9" w:rsidRPr="001F5DDD" w:rsidRDefault="00AD25A9" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1DF2D3DF" w14:textId="77777777" w:rsidR="00E4189C" w:rsidRPr="001F5DDD" w:rsidRDefault="00E4189C" w:rsidP="004314FF">
+    <w:p w14:paraId="12232A56" w14:textId="77777777" w:rsidR="00AD25A9" w:rsidRPr="001F5DDD" w:rsidRDefault="00AD25A9" w:rsidP="004314FF">
       <w:r w:rsidRPr="001F5DDD">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2F5D629F" w14:textId="4FCD564F" w:rsidR="00E470F8" w:rsidRPr="001F5DDD" w:rsidRDefault="00052427" w:rsidP="004314FF">
+  <w:p w14:paraId="4B9CBA0C" w14:textId="13175D7F" w:rsidR="00254693" w:rsidRDefault="000472E2" w:rsidP="004314FF">
     <w:pPr>
       <w:pStyle w:val="Headerinfo"/>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r>
-      <w:t>Vol-</w:t>
+      <w:t>Title</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00254693">
+      <w:t>.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="18EA6CAE" w14:textId="36508F78" w:rsidR="00E470F8" w:rsidRPr="001F5DDD" w:rsidRDefault="00052427" w:rsidP="004314FF">
+    <w:pPr>
+      <w:pStyle w:val="Headerinfo"/>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:t>Vol</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="00EA3D9F">
       <w:t>ID</w:t>
     </w:r>
     <w:r w:rsidR="00E470F8" w:rsidRPr="001F5DDD">
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00EA3D9F">
       <w:t>Year</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="19ACD612" w14:textId="77777777" w:rsidR="00436B05" w:rsidRPr="001F5DDD" w:rsidRDefault="00647665" w:rsidP="004314FF">
+  <w:p w14:paraId="6214D142" w14:textId="77777777" w:rsidR="00436B05" w:rsidRPr="001F5DDD" w:rsidRDefault="00647665" w:rsidP="004314FF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="001F5DDD">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53E47BD4" wp14:editId="7F6F4D67">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-900430</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-539750</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7588885" cy="1149350"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTopAndBottom/>
           <wp:docPr id="860599601" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -2914,50 +3120,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A49049C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EBFEECFC"/>
+    <w:lvl w:ilvl="0" w:tplc="0421000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C2613C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1DEEA712"/>
     <w:lvl w:ilvl="0" w:tplc="04210001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3039,311 +3358,369 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1849831487">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="494952113">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1325010697">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1386954025">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1310017760">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="333536732">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="330717596">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="756747694">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1720935526">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1345396194">
     <w:abstractNumId w:val="2"/>
   </w:num>
+  <w:num w:numId="11" w16cid:durableId="142622960">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007465C7"/>
+    <w:rsidRoot w:val="00B21485"/>
     <w:rsid w:val="00026449"/>
     <w:rsid w:val="00043EFF"/>
     <w:rsid w:val="00044E0B"/>
+    <w:rsid w:val="000472E2"/>
     <w:rsid w:val="00052427"/>
     <w:rsid w:val="00055696"/>
     <w:rsid w:val="00060468"/>
     <w:rsid w:val="000A5024"/>
     <w:rsid w:val="000D0E54"/>
+    <w:rsid w:val="000E5DB6"/>
+    <w:rsid w:val="000F5477"/>
     <w:rsid w:val="000F64B3"/>
     <w:rsid w:val="000F6E84"/>
     <w:rsid w:val="00101BA8"/>
     <w:rsid w:val="00127617"/>
+    <w:rsid w:val="00140B14"/>
+    <w:rsid w:val="00153052"/>
+    <w:rsid w:val="00155CB0"/>
     <w:rsid w:val="00173D4C"/>
     <w:rsid w:val="001835F8"/>
     <w:rsid w:val="00192B77"/>
     <w:rsid w:val="001B51DE"/>
+    <w:rsid w:val="001C5451"/>
     <w:rsid w:val="001C58B8"/>
+    <w:rsid w:val="001C72B7"/>
     <w:rsid w:val="001C7D0C"/>
     <w:rsid w:val="001F0E4C"/>
     <w:rsid w:val="001F5DDD"/>
+    <w:rsid w:val="00206B7E"/>
     <w:rsid w:val="00210363"/>
     <w:rsid w:val="002472B2"/>
+    <w:rsid w:val="00254693"/>
     <w:rsid w:val="00264B7E"/>
     <w:rsid w:val="00264C61"/>
     <w:rsid w:val="00272B38"/>
     <w:rsid w:val="00295F37"/>
     <w:rsid w:val="002A2A70"/>
     <w:rsid w:val="002A35EA"/>
     <w:rsid w:val="002A604A"/>
     <w:rsid w:val="002E1733"/>
+    <w:rsid w:val="002E3456"/>
     <w:rsid w:val="003000DB"/>
     <w:rsid w:val="00300240"/>
     <w:rsid w:val="003008D3"/>
+    <w:rsid w:val="00301BAB"/>
     <w:rsid w:val="0030425E"/>
     <w:rsid w:val="003073F9"/>
     <w:rsid w:val="00320E8E"/>
     <w:rsid w:val="00330B20"/>
     <w:rsid w:val="00347FF8"/>
     <w:rsid w:val="0035015D"/>
     <w:rsid w:val="00375DCF"/>
     <w:rsid w:val="0037734C"/>
     <w:rsid w:val="0039252B"/>
     <w:rsid w:val="0039743E"/>
     <w:rsid w:val="00397748"/>
+    <w:rsid w:val="003B0B6D"/>
     <w:rsid w:val="003C5C86"/>
     <w:rsid w:val="003F688F"/>
     <w:rsid w:val="00411F43"/>
     <w:rsid w:val="00412D48"/>
     <w:rsid w:val="00422BF5"/>
     <w:rsid w:val="00426B9D"/>
     <w:rsid w:val="004314FF"/>
     <w:rsid w:val="00436B05"/>
+    <w:rsid w:val="00467469"/>
     <w:rsid w:val="00484719"/>
     <w:rsid w:val="004B6087"/>
     <w:rsid w:val="004C0B76"/>
     <w:rsid w:val="004D055D"/>
     <w:rsid w:val="004F4B18"/>
+    <w:rsid w:val="004F620A"/>
     <w:rsid w:val="005002E5"/>
+    <w:rsid w:val="00507702"/>
     <w:rsid w:val="00521B88"/>
+    <w:rsid w:val="0053041A"/>
     <w:rsid w:val="005331C0"/>
     <w:rsid w:val="005424C8"/>
     <w:rsid w:val="0055769F"/>
     <w:rsid w:val="005839B7"/>
     <w:rsid w:val="00590E09"/>
     <w:rsid w:val="00591AE6"/>
     <w:rsid w:val="005D212A"/>
     <w:rsid w:val="005E6CFD"/>
     <w:rsid w:val="005F752D"/>
     <w:rsid w:val="00620EE8"/>
     <w:rsid w:val="006271BF"/>
     <w:rsid w:val="0063379B"/>
+    <w:rsid w:val="0064147B"/>
     <w:rsid w:val="00647665"/>
     <w:rsid w:val="0066191B"/>
     <w:rsid w:val="00661B3A"/>
     <w:rsid w:val="0066374F"/>
+    <w:rsid w:val="0066503D"/>
     <w:rsid w:val="00696EB8"/>
     <w:rsid w:val="006A1CCD"/>
+    <w:rsid w:val="006A5C6D"/>
     <w:rsid w:val="006B26BA"/>
     <w:rsid w:val="006C3E79"/>
     <w:rsid w:val="006D44F9"/>
+    <w:rsid w:val="006E2917"/>
     <w:rsid w:val="007103A8"/>
     <w:rsid w:val="0071404F"/>
     <w:rsid w:val="00714B13"/>
+    <w:rsid w:val="00740703"/>
+    <w:rsid w:val="00742F9E"/>
+    <w:rsid w:val="00744467"/>
     <w:rsid w:val="007465C7"/>
     <w:rsid w:val="00751578"/>
     <w:rsid w:val="00753257"/>
     <w:rsid w:val="00753647"/>
     <w:rsid w:val="00753F95"/>
     <w:rsid w:val="0076676C"/>
+    <w:rsid w:val="00776EB1"/>
     <w:rsid w:val="00794235"/>
     <w:rsid w:val="007C41F3"/>
     <w:rsid w:val="007D542B"/>
+    <w:rsid w:val="008014E1"/>
+    <w:rsid w:val="0080163D"/>
     <w:rsid w:val="00816FDF"/>
+    <w:rsid w:val="008264BC"/>
     <w:rsid w:val="00832EA9"/>
     <w:rsid w:val="00851374"/>
+    <w:rsid w:val="00875FF6"/>
+    <w:rsid w:val="00876CA6"/>
+    <w:rsid w:val="00882838"/>
     <w:rsid w:val="00892552"/>
     <w:rsid w:val="008B40EC"/>
     <w:rsid w:val="008D1C74"/>
     <w:rsid w:val="008D5D2D"/>
     <w:rsid w:val="008F54EA"/>
     <w:rsid w:val="00912F5D"/>
     <w:rsid w:val="00915498"/>
     <w:rsid w:val="00916782"/>
     <w:rsid w:val="0092535E"/>
+    <w:rsid w:val="009263F9"/>
     <w:rsid w:val="00947621"/>
     <w:rsid w:val="00947D20"/>
+    <w:rsid w:val="00955B64"/>
+    <w:rsid w:val="00955D22"/>
     <w:rsid w:val="00957611"/>
     <w:rsid w:val="00991422"/>
     <w:rsid w:val="00996270"/>
     <w:rsid w:val="0099681B"/>
     <w:rsid w:val="009B26E6"/>
     <w:rsid w:val="009C14E7"/>
     <w:rsid w:val="009C31DD"/>
     <w:rsid w:val="009C56A2"/>
     <w:rsid w:val="009D1D32"/>
     <w:rsid w:val="00A0191B"/>
     <w:rsid w:val="00A07316"/>
     <w:rsid w:val="00A1243C"/>
     <w:rsid w:val="00A2336C"/>
     <w:rsid w:val="00A240B1"/>
     <w:rsid w:val="00A32967"/>
     <w:rsid w:val="00A32B64"/>
     <w:rsid w:val="00A405B2"/>
     <w:rsid w:val="00A626DD"/>
     <w:rsid w:val="00A802BF"/>
     <w:rsid w:val="00AA6CF4"/>
+    <w:rsid w:val="00AD25A9"/>
+    <w:rsid w:val="00AE1D57"/>
+    <w:rsid w:val="00B06289"/>
     <w:rsid w:val="00B12C8A"/>
+    <w:rsid w:val="00B21485"/>
     <w:rsid w:val="00B247D6"/>
     <w:rsid w:val="00B25977"/>
     <w:rsid w:val="00B31F8E"/>
     <w:rsid w:val="00B34D1E"/>
     <w:rsid w:val="00B520A4"/>
+    <w:rsid w:val="00B60C90"/>
     <w:rsid w:val="00B64899"/>
+    <w:rsid w:val="00B800DC"/>
     <w:rsid w:val="00B802F7"/>
+    <w:rsid w:val="00B85F2E"/>
     <w:rsid w:val="00B8640A"/>
+    <w:rsid w:val="00B95116"/>
+    <w:rsid w:val="00B957E4"/>
+    <w:rsid w:val="00BA5CFB"/>
     <w:rsid w:val="00BE050B"/>
+    <w:rsid w:val="00BE32DB"/>
     <w:rsid w:val="00BF6C05"/>
     <w:rsid w:val="00C161D5"/>
     <w:rsid w:val="00C352E1"/>
     <w:rsid w:val="00C37D5F"/>
     <w:rsid w:val="00C4425F"/>
     <w:rsid w:val="00C62EE2"/>
     <w:rsid w:val="00CE1FC8"/>
     <w:rsid w:val="00D060BB"/>
+    <w:rsid w:val="00D1681A"/>
     <w:rsid w:val="00D245FA"/>
     <w:rsid w:val="00D257BE"/>
     <w:rsid w:val="00D31616"/>
     <w:rsid w:val="00D316D6"/>
     <w:rsid w:val="00D458DC"/>
     <w:rsid w:val="00D5488C"/>
     <w:rsid w:val="00D601DF"/>
     <w:rsid w:val="00D813C7"/>
     <w:rsid w:val="00D96490"/>
+    <w:rsid w:val="00DD1CDB"/>
+    <w:rsid w:val="00DD46E8"/>
     <w:rsid w:val="00DD55AE"/>
     <w:rsid w:val="00DE6124"/>
     <w:rsid w:val="00E167E3"/>
     <w:rsid w:val="00E35C2E"/>
     <w:rsid w:val="00E365F7"/>
     <w:rsid w:val="00E4189C"/>
     <w:rsid w:val="00E42CFC"/>
     <w:rsid w:val="00E44A7A"/>
     <w:rsid w:val="00E461AA"/>
     <w:rsid w:val="00E470F8"/>
     <w:rsid w:val="00E47A78"/>
     <w:rsid w:val="00E565A0"/>
+    <w:rsid w:val="00E63CB2"/>
     <w:rsid w:val="00E6671C"/>
     <w:rsid w:val="00E67B8B"/>
     <w:rsid w:val="00E81751"/>
     <w:rsid w:val="00E817F9"/>
     <w:rsid w:val="00EA3D9F"/>
     <w:rsid w:val="00EA527A"/>
+    <w:rsid w:val="00EB1F40"/>
     <w:rsid w:val="00EB75D0"/>
     <w:rsid w:val="00EE00B9"/>
+    <w:rsid w:val="00EE7071"/>
     <w:rsid w:val="00EF3DE9"/>
     <w:rsid w:val="00EF684D"/>
+    <w:rsid w:val="00EF730F"/>
     <w:rsid w:val="00F15A32"/>
     <w:rsid w:val="00F30241"/>
     <w:rsid w:val="00F35A35"/>
     <w:rsid w:val="00F416CC"/>
     <w:rsid w:val="00F61E39"/>
     <w:rsid w:val="00F64EC2"/>
     <w:rsid w:val="00F87E0B"/>
     <w:rsid w:val="00FA0161"/>
     <w:rsid w:val="00FA3761"/>
     <w:rsid w:val="00FA7082"/>
     <w:rsid w:val="00FC0359"/>
     <w:rsid w:val="00FD14AA"/>
     <w:rsid w:val="00FD273F"/>
+    <w:rsid w:val="00FD623B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="id-ID" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6BDDCF12"/>
+  <w14:docId w14:val="285AA914"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="id-ID" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -3358,51 +3735,51 @@
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3704,115 +4081,118 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004314FF"/>
+    <w:rsid w:val="00955B64"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00052427"/>
+    <w:rsid w:val="00955B64"/>
     <w:pPr>
+      <w:keepNext/>
+      <w:shd w:val="clear" w:color="auto" w:fill="196B24" w:themeFill="accent3"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5440"/>
       </w:tabs>
       <w:spacing w:before="360"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002E1733"/>
+    <w:rsid w:val="00875FF6"/>
     <w:pPr>
+      <w:spacing w:before="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E817F9"/>
+    <w:rsid w:val="009263F9"/>
     <w:pPr>
-      <w:jc w:val="left"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="18"/>
-      <w:szCs w:val="18"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF684D"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
@@ -3928,86 +4308,88 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00052427"/>
+    <w:rsid w:val="00955B64"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="196B24" w:themeFill="accent3"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="002E1733"/>
+    <w:rsid w:val="00875FF6"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="196B24" w:themeFill="accent3"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E817F9"/>
+    <w:rsid w:val="009263F9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="18"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00EF684D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00EF684D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -4051,103 +4433,101 @@
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00EF684D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="005D212A"/>
+    <w:rsid w:val="00B95116"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="005D212A"/>
+    <w:rsid w:val="00B95116"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Title"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="005D212A"/>
+    <w:rsid w:val="00E63CB2"/>
     <w:rPr>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="005D212A"/>
+    <w:rsid w:val="00E63CB2"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00B8640A"/>
     <w:pPr>
       <w:ind w:left="360"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
@@ -4212,54 +4592,57 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00EF684D"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:rsid w:val="00EF684D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
-    <w:basedOn w:val="Heading3"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00696EB8"/>
+    <w:rsid w:val="00EE7071"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyText3Char"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00412D48"/>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Mincho"/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
     <w:name w:val="Body Text 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00412D48"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
@@ -4344,115 +4727,112 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A405B2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A405B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
-    <w:basedOn w:val="Normal"/>
     <w:link w:val="TableParagraphChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003008D3"/>
+    <w:rsid w:val="00EF730F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:after="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Arial" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-      <w:lang w:val="en" w:bidi="en-US"/>
+      <w:lang w:val="en"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:aliases w:val="Figure Caption"/>
     <w:basedOn w:val="TableHeader"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CaptionChar"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:rsid w:val="00D601DF"/>
+    <w:rsid w:val="00B85F2E"/>
     <w:pPr>
       <w:widowControl/>
-      <w:spacing w:after="120"/>
+      <w:spacing w:after="360"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tablename">
     <w:name w:val="table name"/>
     <w:basedOn w:val="TableParagraph"/>
     <w:link w:val="tablenameChar"/>
-    <w:qFormat/>
     <w:rsid w:val="00055696"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableParagraphChar">
     <w:name w:val="Table Paragraph Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="TableParagraph"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="003008D3"/>
+    <w:rsid w:val="00EF730F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:eastAsia="Arial" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Arial" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-      <w:lang w:val="en" w:bidi="en-US"/>
+      <w:lang w:val="en"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tablenameChar">
     <w:name w:val="table name Char"/>
     <w:basedOn w:val="TableParagraphChar"/>
     <w:link w:val="tablename"/>
     <w:rsid w:val="00055696"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Arial" w:hAnsi="Georgia" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="source">
     <w:name w:val="source"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="sourceChar"/>
     <w:qFormat/>
     <w:rsid w:val="004314FF"/>
     <w:pPr>
       <w:keepLines/>
@@ -4631,171 +5011,183 @@
     <w:rsid w:val="00696EB8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:basedOn w:val="TitleChar"/>
     <w:uiPriority w:val="33"/>
     <w:rsid w:val="00E470F8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Author">
     <w:name w:val="Author"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="AuthorChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00916782"/>
+    <w:rsid w:val="00B95116"/>
     <w:pPr>
-      <w:spacing w:before="120" w:after="360" w:line="259" w:lineRule="auto"/>
-      <w:jc w:val="center"/>
+      <w:spacing w:before="360" w:after="0" w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AuthorChar">
     <w:name w:val="Author Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Author"/>
-    <w:rsid w:val="00916782"/>
+    <w:rsid w:val="00B95116"/>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
-      <w:lang w:val="en-GB"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Affiliation">
     <w:name w:val="Affiliation"/>
-    <w:basedOn w:val="Author"/>
+    <w:basedOn w:val="Normal"/>
     <w:link w:val="AffiliationChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00916782"/>
+    <w:rsid w:val="00DD1CDB"/>
     <w:pPr>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:spacing w:after="240"/>
+      <w:contextualSpacing/>
       <w:jc w:val="left"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AffiliationChar">
     <w:name w:val="Affiliation Char"/>
     <w:basedOn w:val="AuthorChar"/>
     <w:link w:val="Affiliation"/>
-    <w:rsid w:val="00916782"/>
+    <w:rsid w:val="00DD1CDB"/>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
-      <w:lang w:val="en-GB"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Headerinfo">
     <w:name w:val="Header info"/>
     <w:basedOn w:val="Header"/>
     <w:link w:val="HeaderinfoChar"/>
-    <w:qFormat/>
     <w:rsid w:val="00A240B1"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="id-ID"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderinfoChar">
     <w:name w:val="Header info Char"/>
     <w:basedOn w:val="HeaderChar"/>
     <w:link w:val="Headerinfo"/>
     <w:rsid w:val="00A240B1"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Volume">
     <w:name w:val="Volume"/>
     <w:basedOn w:val="NoSpace"/>
     <w:link w:val="VolumeChar"/>
-    <w:qFormat/>
     <w:rsid w:val="00A240B1"/>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="VolumeChar">
     <w:name w:val="Volume Char"/>
     <w:basedOn w:val="NoSpaceChar"/>
     <w:link w:val="Volume"/>
     <w:rsid w:val="00A240B1"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableHeader">
     <w:name w:val="Table Header"/>
-    <w:basedOn w:val="tablename"/>
+    <w:basedOn w:val="TableParagraph"/>
     <w:link w:val="TableHeaderChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00A1243C"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00EF730F"/>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableHeaderChar">
     <w:name w:val="Table Header Char"/>
     <w:basedOn w:val="tablenameChar"/>
     <w:link w:val="TableHeader"/>
-    <w:rsid w:val="00A1243C"/>
+    <w:rsid w:val="00EF730F"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Arial" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
       <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tableleft">
     <w:name w:val="Table left"/>
     <w:basedOn w:val="TableParagraph"/>
     <w:link w:val="TableleftChar"/>
-    <w:qFormat/>
     <w:rsid w:val="003008D3"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableleftChar">
     <w:name w:val="Table left Char"/>
     <w:basedOn w:val="TableParagraphChar"/>
     <w:link w:val="Tableleft"/>
     <w:rsid w:val="003008D3"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Arial" w:hAnsi="Georgia" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="00CE1FC8"/>
@@ -4850,121 +5242,192 @@
     <w:pPr>
       <w:spacing w:before="360"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KeywordsChar">
     <w:name w:val="Keywords Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Keywords"/>
     <w:rsid w:val="00411F43"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableCaption">
     <w:name w:val="Table Caption"/>
     <w:basedOn w:val="Caption"/>
     <w:link w:val="TableCaptionChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00A1243C"/>
+    <w:rsid w:val="009263F9"/>
     <w:pPr>
-      <w:spacing w:before="360" w:after="0"/>
+      <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CaptionChar">
     <w:name w:val="Caption Char"/>
     <w:aliases w:val="Figure Caption Char"/>
     <w:basedOn w:val="TableHeaderChar"/>
     <w:link w:val="Caption"/>
     <w:uiPriority w:val="35"/>
-    <w:rsid w:val="00D601DF"/>
+    <w:rsid w:val="00B85F2E"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Arial" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableCaptionChar">
     <w:name w:val="Table Caption Char"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:link w:val="TableCaption"/>
-    <w:rsid w:val="00A1243C"/>
+    <w:rsid w:val="009263F9"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Arial" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="number">
     <w:name w:val="number"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="numberChar"/>
     <w:qFormat/>
     <w:rsid w:val="00C352E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="002472B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="numberChar">
     <w:name w:val="number Char"/>
     <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="number"/>
     <w:rsid w:val="00C352E1"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:bCs/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ArticleHistory">
+    <w:name w:val="Article History"/>
+    <w:basedOn w:val="NoSpace"/>
+    <w:link w:val="ArticleHistoryChar"/>
+    <w:rsid w:val="00EE7071"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ArticleHistoryChar">
+    <w:name w:val="Article History Char"/>
+    <w:basedOn w:val="Heading1Char"/>
+    <w:link w:val="ArticleHistory"/>
+    <w:rsid w:val="00EE7071"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="196B24" w:themeFill="accent3"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B85F2E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Article-info">
+    <w:name w:val="Article-info"/>
+    <w:basedOn w:val="ArticleHistory"/>
+    <w:link w:val="Article-infoChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A5C6D"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Article-infoChar">
+    <w:name w:val="Article-info Char"/>
+    <w:basedOn w:val="ArticleHistoryChar"/>
+    <w:link w:val="Article-info"/>
+    <w:rsid w:val="006A5C6D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="196B24" w:themeFill="accent3"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="16852446">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="28380255">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -5112,50 +5575,62 @@
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="278338861">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="309871092">
       <w:marLeft w:val="640"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="314727006">
+      <w:marLeft w:val="480"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="316567698">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="355231153">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
@@ -5375,50 +5850,62 @@
     </w:div>
     <w:div w:id="673998108">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="685790103">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="693120374">
+      <w:marLeft w:val="480"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="704452422">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="715008710">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="766074344">
@@ -5567,64 +6054,88 @@
     </w:div>
     <w:div w:id="962005742">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="965965336">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="970865821">
+      <w:marLeft w:val="480"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="990138623">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="990522242">
       <w:marLeft w:val="640"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1034773441">
+      <w:marLeft w:val="480"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1040009780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1065372210">
       <w:marLeft w:val="640"/>
@@ -5652,76 +6163,100 @@
     </w:div>
     <w:div w:id="1130981123">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1137601953">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1139420521">
+      <w:marLeft w:val="480"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1158809036">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1161001217">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1176117257">
       <w:marLeft w:val="640"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1180242422">
+      <w:marLeft w:val="480"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1188834321">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1234701854">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
@@ -5822,50 +6357,62 @@
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1390104944">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1390886964">
       <w:marLeft w:val="640"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1393113918">
+      <w:marLeft w:val="480"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1411931373">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1412119784">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
@@ -6036,50 +6583,62 @@
     </w:div>
     <w:div w:id="1563905514">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1572961072">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1604803765">
+      <w:marLeft w:val="480"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1607686901">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1609924299">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1627155710">
@@ -6156,64 +6715,100 @@
     </w:div>
     <w:div w:id="1751463838">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1803385511">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1805463017">
+      <w:marLeft w:val="480"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1825586582">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1833908553">
       <w:marLeft w:val="640"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1853102503">
+      <w:marLeft w:val="480"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1853883628">
+      <w:marLeft w:val="480"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1862277615">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1877154586">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
@@ -6383,50 +6978,784 @@
       </w:divBdr>
     </w:div>
     <w:div w:id="2074430588">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2091612005">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="60951589">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="68500913">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="80682524">
+          <w:marLeft w:val="480"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="83846734">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="160896878">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="209080218">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="234557967">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="245842240">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="253175162">
+          <w:marLeft w:val="480"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="317275001">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="322902468">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="340082306">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="365256635">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="431822690">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="489490438">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="544950622">
+          <w:marLeft w:val="480"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="567230636">
+          <w:marLeft w:val="480"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="577597302">
+          <w:marLeft w:val="480"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="734471571">
+          <w:marLeft w:val="480"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="795027791">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="838278557">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="899440017">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="900597877">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="993029231">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1016350134">
+          <w:marLeft w:val="480"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1056440870">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1129082804">
+          <w:marLeft w:val="480"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1157500606">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1169755985">
+          <w:marLeft w:val="480"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1196504438">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1208906878">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1219704948">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1221483058">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1226645712">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1231504361">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1243026904">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1264456125">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1309826293">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1395663876">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1418864120">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1434281297">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1480658383">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1518812663">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1562247391">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1612010746">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1640040333">
+          <w:marLeft w:val="480"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1650750075">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1681664758">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1704285265">
+          <w:marLeft w:val="480"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1719012328">
+          <w:marLeft w:val="480"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1747847179">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1816408822">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1998219254">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2010715814">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2017418934">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2026590339">
+          <w:marLeft w:val="480"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2076393416">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2081249957">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2084259567">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2110344839">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2138986777">
+          <w:marLeft w:val="640"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="2106874858">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2114520640">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -6451,163 +7780,7661 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2142112220">
       <w:marLeft w:val="640"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jibeka.asia.ac.id/index.php/jibeka/index" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
+</file>
+
+<file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/colorful1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="colorful" pri="10100"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent3">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent4">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent5">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent6">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent3"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent4"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent3">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent4">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent5">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent6">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent2">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent2">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="cycle">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="cycle">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="cycle">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent3"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent4"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent5"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent3"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent4"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent5"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent3">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent4">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent3"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent5">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent4"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="accent6"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent3">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent4">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent5">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent6">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent3">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent4">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent5">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent6">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent3">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent4">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent5">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent6">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent3">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent4">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent5">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent6">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent3">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent4">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent5">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent6">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent3">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent4">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent5">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent6">
+        <a:tint val="40000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent3"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent4"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
+<file path=word/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{7CA5CD83-73D9-4758-8EF9-50F7BF52FE22}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/colorful1" csCatId="colorful" phldr="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="id-ID"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{4A4F3942-8E18-4E82-8D51-FD121CA16973}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="id-ID"/>
+            <a:t>Phase 1</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A70D1AA6-EB16-47B4-8540-31167073DCFE}" type="parTrans" cxnId="{0D05B3A2-578D-4EDC-AE05-B2EEAA9AEF41}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="id-ID"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{AB17BAB7-7B7C-4080-847F-C0163955E2FA}" type="sibTrans" cxnId="{0D05B3A2-578D-4EDC-AE05-B2EEAA9AEF41}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="id-ID"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{7F4682BC-4E0C-4428-A9A3-A26559BA2C20}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="id-ID"/>
+            <a:t>Phase 2</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{985B2118-4683-4E66-BB4B-0E8CD973E84D}" type="parTrans" cxnId="{CBD19D9A-11B5-4394-BE4E-5A38D390065B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="id-ID"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{B7371586-75FA-4FE6-8900-31A96A3D3087}" type="sibTrans" cxnId="{CBD19D9A-11B5-4394-BE4E-5A38D390065B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="id-ID"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{70FA479E-4829-4AA8-A703-F08406E2992B}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="id-ID"/>
+            <a:t>Phase 3</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F93FAC68-7309-4227-A329-7CA2CD5B4BD3}" type="parTrans" cxnId="{EDA1768D-38C9-473B-8A30-28FE37FC08D3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="id-ID"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{BA404624-EB0E-4776-998C-47408E0AB7C4}" type="sibTrans" cxnId="{EDA1768D-38C9-473B-8A30-28FE37FC08D3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="id-ID"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{1E555F35-D2A0-4458-B706-44F0CF8F9D77}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="id-ID"/>
+            <a:t>Phase 4</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{5338C8C0-9F29-4364-BBF8-969A19E58B21}" type="parTrans" cxnId="{82DFDBCF-9753-4641-9564-C0B1D4D97929}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="id-ID"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{DA6A315C-851F-4474-A6F4-21D1FB57C05F}" type="sibTrans" cxnId="{82DFDBCF-9753-4641-9564-C0B1D4D97929}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="id-ID"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{FDA14B25-348C-414F-A415-1DDC13EBAD7D}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="id-ID"/>
+            <a:t>Phase 5</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{9C6E70ED-FF87-4474-BA67-EB1771845CCC}" type="parTrans" cxnId="{57CE51C1-A72A-4263-81ED-D035195CFDDA}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="id-ID"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{DEE80489-4168-4307-A4CB-66BBCA55CA16}" type="sibTrans" cxnId="{57CE51C1-A72A-4263-81ED-D035195CFDDA}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="id-ID"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" type="pres">
+      <dgm:prSet presAssocID="{7CA5CD83-73D9-4758-8EF9-50F7BF52FE22}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="11"/>
+          <dgm:chPref val="11"/>
+          <dgm:dir/>
+          <dgm:resizeHandles/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{82D5B74E-89BC-43D6-8BFC-5D6F5A49DA42}" type="pres">
+      <dgm:prSet presAssocID="{FDA14B25-348C-414F-A415-1DDC13EBAD7D}" presName="Accent5" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{3941C1FF-D3F4-49C9-9EF8-7E4D13B9A24D}" type="pres">
+      <dgm:prSet presAssocID="{FDA14B25-348C-414F-A415-1DDC13EBAD7D}" presName="Accent" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{344CEAE8-8C5C-41AB-8113-ECBE85AE1502}" type="pres">
+      <dgm:prSet presAssocID="{FDA14B25-348C-414F-A415-1DDC13EBAD7D}" presName="ParentBackground5" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{F2B6C81E-FE97-42FC-A138-2EB95003A1AA}" type="pres">
+      <dgm:prSet presAssocID="{FDA14B25-348C-414F-A415-1DDC13EBAD7D}" presName="ParentBackground" presStyleLbl="fgAcc1" presStyleIdx="0" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{ACC206D2-CDC6-43AD-A718-D58A5894413F}" type="pres">
+      <dgm:prSet presAssocID="{FDA14B25-348C-414F-A415-1DDC13EBAD7D}" presName="Parent5" presStyleLbl="revTx" presStyleIdx="0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{00D05FCF-DC9D-41D6-8DD6-10177E848791}" type="pres">
+      <dgm:prSet presAssocID="{1E555F35-D2A0-4458-B706-44F0CF8F9D77}" presName="Accent4" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{DB911D74-430E-4E25-9CD8-A2CC8C734A06}" type="pres">
+      <dgm:prSet presAssocID="{1E555F35-D2A0-4458-B706-44F0CF8F9D77}" presName="Accent" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{83A317F1-C487-4AA8-8A65-D295C7309B5A}" type="pres">
+      <dgm:prSet presAssocID="{1E555F35-D2A0-4458-B706-44F0CF8F9D77}" presName="ParentBackground4" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{1C4E766B-C09A-4807-BF0A-4FB0D6898106}" type="pres">
+      <dgm:prSet presAssocID="{1E555F35-D2A0-4458-B706-44F0CF8F9D77}" presName="ParentBackground" presStyleLbl="fgAcc1" presStyleIdx="1" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{F9ED1471-ECDF-4904-BF5A-4863634BF82F}" type="pres">
+      <dgm:prSet presAssocID="{1E555F35-D2A0-4458-B706-44F0CF8F9D77}" presName="Parent4" presStyleLbl="revTx" presStyleIdx="0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{075C122F-B73D-4DE2-B848-7D06B0A12214}" type="pres">
+      <dgm:prSet presAssocID="{70FA479E-4829-4AA8-A703-F08406E2992B}" presName="Accent3" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{EF8710A8-81B1-4B76-844D-AECD5E95D772}" type="pres">
+      <dgm:prSet presAssocID="{70FA479E-4829-4AA8-A703-F08406E2992B}" presName="Accent" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{3722A67D-20B5-4BFF-9539-AAF24B2AF835}" type="pres">
+      <dgm:prSet presAssocID="{70FA479E-4829-4AA8-A703-F08406E2992B}" presName="ParentBackground3" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{5D4C7E50-5342-41B9-82A8-6CB7E9005367}" type="pres">
+      <dgm:prSet presAssocID="{70FA479E-4829-4AA8-A703-F08406E2992B}" presName="ParentBackground" presStyleLbl="fgAcc1" presStyleIdx="2" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{3B1F9916-DC41-405F-8468-25571699968E}" type="pres">
+      <dgm:prSet presAssocID="{70FA479E-4829-4AA8-A703-F08406E2992B}" presName="Parent3" presStyleLbl="revTx" presStyleIdx="0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2BE4EB49-C446-455E-91BF-184E2589F9EA}" type="pres">
+      <dgm:prSet presAssocID="{7F4682BC-4E0C-4428-A9A3-A26559BA2C20}" presName="Accent2" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{47373F8D-9131-497E-B748-DDD3AAA980A7}" type="pres">
+      <dgm:prSet presAssocID="{7F4682BC-4E0C-4428-A9A3-A26559BA2C20}" presName="Accent" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{19F5956D-B5CC-4625-B58B-5120F32197F3}" type="pres">
+      <dgm:prSet presAssocID="{7F4682BC-4E0C-4428-A9A3-A26559BA2C20}" presName="ParentBackground2" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{3D3FDEDD-C7A4-4459-8601-3EBFD0CE0B3C}" type="pres">
+      <dgm:prSet presAssocID="{7F4682BC-4E0C-4428-A9A3-A26559BA2C20}" presName="ParentBackground" presStyleLbl="fgAcc1" presStyleIdx="3" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{C6E647B1-AA47-4BE8-96A1-598BD3C614EC}" type="pres">
+      <dgm:prSet presAssocID="{7F4682BC-4E0C-4428-A9A3-A26559BA2C20}" presName="Parent2" presStyleLbl="revTx" presStyleIdx="0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{AA8F8F6B-B6C4-49E2-956A-B3E86F6D1494}" type="pres">
+      <dgm:prSet presAssocID="{4A4F3942-8E18-4E82-8D51-FD121CA16973}" presName="Accent1" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{3CA2C3CB-32D0-4EA5-A59D-B9EBDEF5345E}" type="pres">
+      <dgm:prSet presAssocID="{4A4F3942-8E18-4E82-8D51-FD121CA16973}" presName="Accent" presStyleLbl="node1" presStyleIdx="4" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{79ED5DB6-40F9-4CBC-AD3C-A01A0527ACCC}" type="pres">
+      <dgm:prSet presAssocID="{4A4F3942-8E18-4E82-8D51-FD121CA16973}" presName="ParentBackground1" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{28F20C82-40C9-4F15-861B-B9D835E9C771}" type="pres">
+      <dgm:prSet presAssocID="{4A4F3942-8E18-4E82-8D51-FD121CA16973}" presName="ParentBackground" presStyleLbl="fgAcc1" presStyleIdx="4" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{9070F31F-B91A-4BCC-B067-300D3DFD1D6F}" type="pres">
+      <dgm:prSet presAssocID="{4A4F3942-8E18-4E82-8D51-FD121CA16973}" presName="Parent1" presStyleLbl="revTx" presStyleIdx="0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{4261B621-F587-44FD-BDE5-19E58497A1CF}" type="presOf" srcId="{FDA14B25-348C-414F-A415-1DDC13EBAD7D}" destId="{F2B6C81E-FE97-42FC-A138-2EB95003A1AA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{B6E16F31-BC7E-4FF6-B8FB-5CDF9FF4E057}" type="presOf" srcId="{4A4F3942-8E18-4E82-8D51-FD121CA16973}" destId="{28F20C82-40C9-4F15-861B-B9D835E9C771}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{D0DFC333-0202-483A-904D-240B4FFA355D}" type="presOf" srcId="{70FA479E-4829-4AA8-A703-F08406E2992B}" destId="{3B1F9916-DC41-405F-8468-25571699968E}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{3E0AAD50-600F-4885-95D7-37B88C3BCE7E}" type="presOf" srcId="{FDA14B25-348C-414F-A415-1DDC13EBAD7D}" destId="{ACC206D2-CDC6-43AD-A718-D58A5894413F}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{0B613F78-1341-4044-8842-B7634C2E5242}" type="presOf" srcId="{7CA5CD83-73D9-4758-8EF9-50F7BF52FE22}" destId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{B5083F8D-1245-4609-9975-386A2FB2C74E}" type="presOf" srcId="{7F4682BC-4E0C-4428-A9A3-A26559BA2C20}" destId="{3D3FDEDD-C7A4-4459-8601-3EBFD0CE0B3C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{EDA1768D-38C9-473B-8A30-28FE37FC08D3}" srcId="{7CA5CD83-73D9-4758-8EF9-50F7BF52FE22}" destId="{70FA479E-4829-4AA8-A703-F08406E2992B}" srcOrd="2" destOrd="0" parTransId="{F93FAC68-7309-4227-A329-7CA2CD5B4BD3}" sibTransId="{BA404624-EB0E-4776-998C-47408E0AB7C4}"/>
+    <dgm:cxn modelId="{CBD19D9A-11B5-4394-BE4E-5A38D390065B}" srcId="{7CA5CD83-73D9-4758-8EF9-50F7BF52FE22}" destId="{7F4682BC-4E0C-4428-A9A3-A26559BA2C20}" srcOrd="1" destOrd="0" parTransId="{985B2118-4683-4E66-BB4B-0E8CD973E84D}" sibTransId="{B7371586-75FA-4FE6-8900-31A96A3D3087}"/>
+    <dgm:cxn modelId="{6494829E-228D-4C2F-94B3-2AAC33FDECB2}" type="presOf" srcId="{4A4F3942-8E18-4E82-8D51-FD121CA16973}" destId="{9070F31F-B91A-4BCC-B067-300D3DFD1D6F}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{0D05B3A2-578D-4EDC-AE05-B2EEAA9AEF41}" srcId="{7CA5CD83-73D9-4758-8EF9-50F7BF52FE22}" destId="{4A4F3942-8E18-4E82-8D51-FD121CA16973}" srcOrd="0" destOrd="0" parTransId="{A70D1AA6-EB16-47B4-8540-31167073DCFE}" sibTransId="{AB17BAB7-7B7C-4080-847F-C0163955E2FA}"/>
+    <dgm:cxn modelId="{B1FF75AD-DA20-49AB-BD09-036AB7ED2212}" type="presOf" srcId="{7F4682BC-4E0C-4428-A9A3-A26559BA2C20}" destId="{C6E647B1-AA47-4BE8-96A1-598BD3C614EC}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{5ECBE5B7-C271-4D93-9609-A7B32A221CFA}" type="presOf" srcId="{70FA479E-4829-4AA8-A703-F08406E2992B}" destId="{5D4C7E50-5342-41B9-82A8-6CB7E9005367}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{57CE51C1-A72A-4263-81ED-D035195CFDDA}" srcId="{7CA5CD83-73D9-4758-8EF9-50F7BF52FE22}" destId="{FDA14B25-348C-414F-A415-1DDC13EBAD7D}" srcOrd="4" destOrd="0" parTransId="{9C6E70ED-FF87-4474-BA67-EB1771845CCC}" sibTransId="{DEE80489-4168-4307-A4CB-66BBCA55CA16}"/>
+    <dgm:cxn modelId="{8FB578C6-C13A-4733-8806-74E34B1CA146}" type="presOf" srcId="{1E555F35-D2A0-4458-B706-44F0CF8F9D77}" destId="{F9ED1471-ECDF-4904-BF5A-4863634BF82F}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{82DFDBCF-9753-4641-9564-C0B1D4D97929}" srcId="{7CA5CD83-73D9-4758-8EF9-50F7BF52FE22}" destId="{1E555F35-D2A0-4458-B706-44F0CF8F9D77}" srcOrd="3" destOrd="0" parTransId="{5338C8C0-9F29-4364-BBF8-969A19E58B21}" sibTransId="{DA6A315C-851F-4474-A6F4-21D1FB57C05F}"/>
+    <dgm:cxn modelId="{AFEC6AD2-0E15-4DFF-B996-188F948B5E99}" type="presOf" srcId="{1E555F35-D2A0-4458-B706-44F0CF8F9D77}" destId="{1C4E766B-C09A-4807-BF0A-4FB0D6898106}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{4758864C-7669-4785-BDC7-FAD8C98DD400}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{82D5B74E-89BC-43D6-8BFC-5D6F5A49DA42}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{DCB3814C-30FC-4A5C-BCC5-AA4CE6D90186}" type="presParOf" srcId="{82D5B74E-89BC-43D6-8BFC-5D6F5A49DA42}" destId="{3941C1FF-D3F4-49C9-9EF8-7E4D13B9A24D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{DA8E7C6E-B845-4FCE-B0E1-19F0170C91C9}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{344CEAE8-8C5C-41AB-8113-ECBE85AE1502}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{107F22CB-E882-4BD7-9EF0-9955AF28715E}" type="presParOf" srcId="{344CEAE8-8C5C-41AB-8113-ECBE85AE1502}" destId="{F2B6C81E-FE97-42FC-A138-2EB95003A1AA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{261C3195-1603-4EC0-800A-4431821A9832}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{ACC206D2-CDC6-43AD-A718-D58A5894413F}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{14556EE5-71C4-4D22-BE97-09CDCBDC03D7}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{00D05FCF-DC9D-41D6-8DD6-10177E848791}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{21132EEB-948B-4BE6-84D1-191D5EE24309}" type="presParOf" srcId="{00D05FCF-DC9D-41D6-8DD6-10177E848791}" destId="{DB911D74-430E-4E25-9CD8-A2CC8C734A06}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{41CFAE3F-A594-4498-BD0D-27CFAFE3FB26}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{83A317F1-C487-4AA8-8A65-D295C7309B5A}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{B553B299-74C5-4F69-BCA0-310BC7838A33}" type="presParOf" srcId="{83A317F1-C487-4AA8-8A65-D295C7309B5A}" destId="{1C4E766B-C09A-4807-BF0A-4FB0D6898106}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{030339C1-F0D1-4885-A769-7F17DFE989E4}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{F9ED1471-ECDF-4904-BF5A-4863634BF82F}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{99F5B8EA-F95F-4421-BD58-4BADA1C26AED}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{075C122F-B73D-4DE2-B848-7D06B0A12214}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{A3FD5EB7-20F9-431A-A474-A2E70BB2D831}" type="presParOf" srcId="{075C122F-B73D-4DE2-B848-7D06B0A12214}" destId="{EF8710A8-81B1-4B76-844D-AECD5E95D772}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{7530114A-7FC4-47F8-9C3F-99E371AA4249}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{3722A67D-20B5-4BFF-9539-AAF24B2AF835}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{6223A2C8-737A-4FE2-81A1-405EA311355D}" type="presParOf" srcId="{3722A67D-20B5-4BFF-9539-AAF24B2AF835}" destId="{5D4C7E50-5342-41B9-82A8-6CB7E9005367}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{50705B84-23F2-4904-8DBE-0AF5A3C4E251}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{3B1F9916-DC41-405F-8468-25571699968E}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{4CDA6453-6FC1-4EA8-9970-B8E83471F692}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{2BE4EB49-C446-455E-91BF-184E2589F9EA}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{52894C79-A59E-447E-8555-250AC4964C0B}" type="presParOf" srcId="{2BE4EB49-C446-455E-91BF-184E2589F9EA}" destId="{47373F8D-9131-497E-B748-DDD3AAA980A7}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{F2003621-FE1C-478C-B150-5450F38FEA5D}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{19F5956D-B5CC-4625-B58B-5120F32197F3}" srcOrd="10" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{C30CBD0D-3E0F-43A1-B3AA-1728BB5116ED}" type="presParOf" srcId="{19F5956D-B5CC-4625-B58B-5120F32197F3}" destId="{3D3FDEDD-C7A4-4459-8601-3EBFD0CE0B3C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{7F4D0DE5-8AA9-4973-A057-16D7A90C272B}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{C6E647B1-AA47-4BE8-96A1-598BD3C614EC}" srcOrd="11" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{6ACADC72-32E9-4A30-89B0-8FC734880C63}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{AA8F8F6B-B6C4-49E2-956A-B3E86F6D1494}" srcOrd="12" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{2ED8ED3A-5B44-4AB2-82AF-655FCD874AB6}" type="presParOf" srcId="{AA8F8F6B-B6C4-49E2-956A-B3E86F6D1494}" destId="{3CA2C3CB-32D0-4EA5-A59D-B9EBDEF5345E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{8F0A2A73-9E50-4743-850C-332E59188074}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{79ED5DB6-40F9-4CBC-AD3C-A01A0527ACCC}" srcOrd="13" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{01F2435A-A510-462D-BF09-E76148A29B92}" type="presParOf" srcId="{79ED5DB6-40F9-4CBC-AD3C-A01A0527ACCC}" destId="{28F20C82-40C9-4F15-861B-B9D835E9C771}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+    <dgm:cxn modelId="{243213B3-DB71-4B61-9932-E26AC82C6BA1}" type="presParOf" srcId="{DF1192E3-7B66-4875-9960-F7E5E91E415A}" destId="{9070F31F-B91A-4BCC-B067-300D3DFD1D6F}" srcOrd="14" destOrd="0" presId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId14" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{3941C1FF-D3F4-49C9-9EF8-7E4D13B9A24D}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="3553173" y="183028"/>
+          <a:ext cx="484848" cy="484927"/>
+        </a:xfrm>
+        <a:prstGeom prst="ellipse">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent2">
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{F2B6C81E-FE97-42FC-A138-2EB95003A1AA}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="3569171" y="199195"/>
+          <a:ext cx="452594" cy="452593"/>
+        </a:xfrm>
+        <a:prstGeom prst="ellipse">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="lt1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="355600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="id-ID" sz="800" kern="1200"/>
+            <a:t>Phase 5</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="3633938" y="263864"/>
+        <a:ext cx="323318" cy="323256"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{DB911D74-430E-4E25-9CD8-A2CC8C734A06}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="2700000">
+          <a:off x="3051838" y="183053"/>
+          <a:ext cx="484792" cy="484792"/>
+        </a:xfrm>
+        <a:prstGeom prst="teardrop">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 100000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent3">
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{1C4E766B-C09A-4807-BF0A-4FB0D6898106}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="3068324" y="199195"/>
+          <a:ext cx="452594" cy="452593"/>
+        </a:xfrm>
+        <a:prstGeom prst="ellipse">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="lt1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="10160" tIns="10160" rIns="10160" bIns="10160" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="355600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="id-ID" sz="800" kern="1200"/>
+            <a:t>Phase 4</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="3132833" y="263864"/>
+        <a:ext cx="323318" cy="323256"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{EF8710A8-81B1-4B76-844D-AECD5E95D772}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="2700000">
+          <a:off x="2550991" y="183053"/>
+          <a:ext cx="484792" cy="484792"/>
+        </a:xfrm>
+        <a:prstGeom prst="teardrop">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 100000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent4">
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{5D4C7E50-5342-41B9-82A8-6CB7E9005367}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2567219" y="199195"/>
+          <a:ext cx="452594" cy="452593"/>
+        </a:xfrm>
+        <a:prstGeom prst="ellipse">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="lt1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent4">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="10160" tIns="10160" rIns="10160" bIns="10160" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="355600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="id-ID" sz="800" kern="1200"/>
+            <a:t>Phase 3</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="2631728" y="263864"/>
+        <a:ext cx="323318" cy="323256"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{47373F8D-9131-497E-B748-DDD3AAA980A7}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="2700000">
+          <a:off x="2049886" y="183053"/>
+          <a:ext cx="484792" cy="484792"/>
+        </a:xfrm>
+        <a:prstGeom prst="teardrop">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 100000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{3D3FDEDD-C7A4-4459-8601-3EBFD0CE0B3C}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2066115" y="199195"/>
+          <a:ext cx="452594" cy="452593"/>
+        </a:xfrm>
+        <a:prstGeom prst="ellipse">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="lt1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent5">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="10160" tIns="10160" rIns="10160" bIns="10160" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="355600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="id-ID" sz="800" kern="1200"/>
+            <a:t>Phase 2</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="2130881" y="263864"/>
+        <a:ext cx="323318" cy="323256"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{3CA2C3CB-32D0-4EA5-A59D-B9EBDEF5345E}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="2700000">
+          <a:off x="1548782" y="183053"/>
+          <a:ext cx="484792" cy="484792"/>
+        </a:xfrm>
+        <a:prstGeom prst="teardrop">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 100000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent6">
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{28F20C82-40C9-4F15-861B-B9D835E9C771}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="1565010" y="199195"/>
+          <a:ext cx="452594" cy="452593"/>
+        </a:xfrm>
+        <a:prstGeom prst="ellipse">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="lt1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent6">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="10160" tIns="10160" rIns="10160" bIns="10160" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="355600">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="id-ID" sz="800" kern="1200"/>
+            <a:t>Phase 1</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="1629777" y="263864"/>
+        <a:ext cx="323318" cy="323256"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2011/layout/CircleProcess">
+  <dgm:title val="Circle Process"/>
+  <dgm:desc val="Use to show sequential steps in a process. Limited to eleven Level 1 shapes with an unlimited number of Level 2 shapes. Works best with small amounts of text. Unused text does not appear, but remains available if you switch layouts."/>
+  <dgm:catLst>
+    <dgm:cat type="process" pri="8500"/>
+    <dgm:cat type="officeonline" pri="8500"/>
+  </dgm:catLst>
+  <dgm:sampData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="10">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="20">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="30">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="40" srcId="0" destId="10" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="50" srcId="0" destId="20" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="60" srcId="0" destId="30" srcOrd="2" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="10">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="20">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="30" srcId="0" destId="10" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="40" srcId="0" destId="20" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="10">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="20">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="30">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="40">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="50" srcId="0" destId="10" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="60" srcId="0" destId="20" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="70" srcId="0" destId="30" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="80" srcId="0" destId="40" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:chMax val="11"/>
+      <dgm:chPref val="11"/>
+      <dgm:dir/>
+      <dgm:resizeHandles/>
+    </dgm:varLst>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:choose name="Name3">
+          <dgm:if name="Name4" axis="ch" ptType="node" func="cnt" op="equ" val="1">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="0.6383"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="l" for="ch" forName="Parent1" refType="w" fact="0.1667"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.1064"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.6667"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.4255"/>
+              <dgm:constr type="l" for="ch" forName="Accent1" refType="w" fact="0"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="0"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.6383"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground1" refType="w" fact="0.0333"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.0213"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.9333"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5957"/>
+              <dgm:constr type="l" for="ch" forName="Child1" refType="w" fact="0.0333"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6574"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.9333"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3426"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name5" axis="ch" ptType="node" func="cnt" op="equ" val="2">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="1.2659"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="l" for="ch" forName="Parent2" refType="w" fact="0.6249"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.3001"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent1" refType="w" fact="0.1597"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.3001"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Accent2" refType="w" fact="0.5498"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.4502"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.5699"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground2" refType="w" fact="0.5648"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.4201"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child2" refType="w" fact="0.5648"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.4201"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent1" refType="w" fact="-0.0086"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.6367"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground1" refType="w" fact="0.0997"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.4201"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child1" refType="w" fact="0.0997"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.4201"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name6" axis="ch" ptType="node" func="cnt" op="equ" val="3">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="1.8548"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="l" for="ch" forName="Parent3" refType="w" fact="0.744"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.2048"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent2" refType="w" fact="0.4265"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.2048"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent1" refType="w" fact="0.109"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.2048"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Accent3" refType="w" fact="0.6928"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.3072"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.5699"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground3" refType="w" fact="0.703"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.2868"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child3" refType="w" fact="0.703"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.2868"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent2" refType="w" fact="0.3122"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.4334"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground2" refType="w" fact="0.3855"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.2868"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child2" refType="w" fact="0.3855"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.2868"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent1" refType="w" fact="-0.0053"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.4334"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground1" refType="w" fact="0.068"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.2868"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child1" refType="w" fact="0.068"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.2868"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name7" axis="ch" ptType="node" func="cnt" op="equ" val="4">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="2.4437"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="l" for="ch" forName="Parent4" refType="w" fact="0.8057"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.1555"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent3" refType="w" fact="0.5647"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.1555"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent2" refType="w" fact="0.3237"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.1555"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent1" refType="w" fact="0.0827"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.1555"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Accent4" refType="w" fact="0.7668"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.2332"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.5699"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground4" refType="w" fact="0.7746"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child4" refType="w" fact="0.7746"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent3" refType="w" fact="0.4765"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.3298"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground3" refType="w" fact="0.5336"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child3" refType="w" fact="0.5336"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent2" refType="w" fact="0.2365"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.3298"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground2" refType="w" fact="0.2926"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child2" refType="w" fact="0.2926"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent1" refType="w" fact="-0.0045"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.3298"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground1" refType="w" fact="0.0516"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child1" refType="w" fact="0.0516"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name8" axis="ch" ptType="node" func="cnt" op="equ" val="5">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="3.0325"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="l" for="ch" forName="Parent5" refType="w" fact="0.8434"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.1253"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent4" refType="w" fact="0.6492"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.1253"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent3" refType="w" fact="0.455"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.1253"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent2" refType="w" fact="0.2609"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.1253"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent1" refType="w" fact="0.0667"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.1253"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Accent5" refType="w" fact="0.8121"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.1879"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.5699"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground5" refType="w" fact="0.8183"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child5" refType="w" fact="0.8183"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent4" refType="w" fact="0.5789"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.2657"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground4" refType="w" fact="0.6242"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child4" refType="w" fact="0.6242"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent3" refType="w" fact="0.3848"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.2657"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground3" refType="w" fact="0.43"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child3" refType="w" fact="0.43"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent2" refType="w" fact="0.1906"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.2657"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground2" refType="w" fact="0.2358"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child2" refType="w" fact="0.2358"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent1" refType="w" fact="-0.0036"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.2657"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground1" refType="w" fact="0.0416"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child1" refType="w" fact="0.0416"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name9" axis="ch" ptType="node" func="cnt" op="equ" val="6">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="3.6214"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent6" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="l" for="ch" forName="Parent6" refType="w" fact="0.8689"/>
+              <dgm:constr type="t" for="ch" forName="Parent6" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent6" refType="w" fact="0.1049"/>
+              <dgm:constr type="h" for="ch" forName="Parent6" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent5" refType="w" fact="0.7063"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.1049"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent4" refType="w" fact="0.5437"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.1049"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent3" refType="w" fact="0.381"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.1049"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent2" refType="w" fact="0.2184"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.1049"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent1" refType="w" fact="0.0558"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.1049"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Accent6" refType="w" fact="0.8426"/>
+              <dgm:constr type="t" for="ch" forName="Accent6" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent6" refType="w" fact="0.1574"/>
+              <dgm:constr type="h" for="ch" forName="Accent6" refType="h" fact="0.5699"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground6" refType="w" fact="0.8479"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground6" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground6" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground6" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child6" refType="w" fact="0.8479"/>
+              <dgm:constr type="t" for="ch" forName="Child6" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child6" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="Child6" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent5" refType="w" fact="0.6474"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.2226"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground5" refType="w" fact="0.6853"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child5" refType="w" fact="0.6853"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent4" refType="w" fact="0.4848"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.2226"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground4" refType="w" fact="0.5227"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child4" refType="w" fact="0.5227"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent3" refType="w" fact="0.3222"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.2226"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground3" refType="w" fact="0.3601"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child3" refType="w" fact="0.3601"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent2" refType="w" fact="0.1596"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.2226"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground2" refType="w" fact="0.1975"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child2" refType="w" fact="0.1975"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent1" refType="w" fact="-0.003"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.2226"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground1" refType="w" fact="0.0348"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child1" refType="w" fact="0.0348"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name10" axis="ch" ptType="node" func="cnt" op="equ" val="7">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="4.2103"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent6" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent7" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="l" for="ch" forName="Parent7" refType="w" fact="0.8872"/>
+              <dgm:constr type="t" for="ch" forName="Parent7" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent7" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent7" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent6" refType="w" fact="0.7473"/>
+              <dgm:constr type="t" for="ch" forName="Parent6" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent6" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent6" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent5" refType="w" fact="0.6075"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent4" refType="w" fact="0.4676"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent3" refType="w" fact="0.3277"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent2" refType="w" fact="0.1879"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent1" refType="w" fact="0.048"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Accent7" refType="w" fact="0.8646"/>
+              <dgm:constr type="t" for="ch" forName="Accent7" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent7" refType="w" fact="0.1354"/>
+              <dgm:constr type="h" for="ch" forName="Accent7" refType="h" fact="0.5699"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground7" refType="w" fact="0.8692"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground7" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground7" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground7" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child7" refType="w" fact="0.8692"/>
+              <dgm:constr type="t" for="ch" forName="Child7" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child7" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child7" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent6" refType="w" fact="0.6967"/>
+              <dgm:constr type="t" for="ch" forName="Accent6" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent6" refType="w" fact="0.1915"/>
+              <dgm:constr type="h" for="ch" forName="Accent6" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground6" refType="w" fact="0.7293"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground6" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground6" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground6" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child6" refType="w" fact="0.7293"/>
+              <dgm:constr type="t" for="ch" forName="Child6" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child6" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child6" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent5" refType="w" fact="0.5569"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.1915"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground5" refType="w" fact="0.5894"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child5" refType="w" fact="0.5894"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent4" refType="w" fact="0.417"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.1915"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground4" refType="w" fact="0.4496"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child4" refType="w" fact="0.4496"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent3" refType="w" fact="0.2771"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.1915"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground3" refType="w" fact="0.3097"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child3" refType="w" fact="0.3097"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent2" refType="w" fact="0.1373"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.1915"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground2" refType="w" fact="0.1698"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child2" refType="w" fact="0.1698"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent1" refType="w" fact="-0.0026"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.1915"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground1" refType="w" fact="0.03"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child1" refType="w" fact="0.03"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name11" axis="ch" ptType="node" func="cnt" op="equ" val="8">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="4.7991"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent6" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent7" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent8" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="l" for="ch" forName="Parent8" refType="w" fact="0.901"/>
+              <dgm:constr type="t" for="ch" forName="Parent8" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent8" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent8" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent7" refType="w" fact="0.7783"/>
+              <dgm:constr type="t" for="ch" forName="Parent7" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent7" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent7" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent6" refType="w" fact="0.6556"/>
+              <dgm:constr type="t" for="ch" forName="Parent6" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent6" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent6" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent5" refType="w" fact="0.5329"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent4" refType="w" fact="0.4102"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent3" refType="w" fact="0.2875"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent2" refType="w" fact="0.1648"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent1" refType="w" fact="0.0421"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Accent8" refType="w" fact="0.8813"/>
+              <dgm:constr type="t" for="ch" forName="Accent8" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent8" refType="w" fact="0.1187"/>
+              <dgm:constr type="h" for="ch" forName="Accent8" refType="h" fact="0.5699"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground8" refType="w" fact="0.8852"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground8" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground8" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground8" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child8" refType="w" fact="0.8852"/>
+              <dgm:constr type="t" for="ch" forName="Child8" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child8" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child8" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent7" refType="w" fact="0.7339"/>
+              <dgm:constr type="t" for="ch" forName="Accent7" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent7" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent7" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground7" refType="w" fact="0.7625"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground7" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground7" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground7" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child7" refType="w" fact="0.7625"/>
+              <dgm:constr type="t" for="ch" forName="Child7" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child7" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child7" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent6" refType="w" fact="0.6112"/>
+              <dgm:constr type="t" for="ch" forName="Accent6" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent6" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent6" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground6" refType="w" fact="0.6398"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground6" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground6" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground6" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child6" refType="w" fact="0.6398"/>
+              <dgm:constr type="t" for="ch" forName="Child6" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child6" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child6" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent5" refType="w" fact="0.4885"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground5" refType="w" fact="0.5171"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child5" refType="w" fact="0.5171"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent4" refType="w" fact="0.3658"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground4" refType="w" fact="0.3944"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child4" refType="w" fact="0.3944"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent3" refType="w" fact="0.2431"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground3" refType="w" fact="0.2717"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child3" refType="w" fact="0.2717"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent2" refType="w" fact="0.1204"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground2" refType="w" fact="0.149"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child2" refType="w" fact="0.149"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent1" refType="w" fact="-0.0023"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground1" refType="w" fact="0.0263"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child1" refType="w" fact="0.0263"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name12" axis="ch" ptType="node" func="cnt" op="equ" val="9">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="5.388"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent6" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent7" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent8" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent9" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="l" for="ch" forName="Parent9" refType="w" fact="0.9119"/>
+              <dgm:constr type="t" for="ch" forName="Parent9" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent9" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent9" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent8" refType="w" fact="0.8026"/>
+              <dgm:constr type="t" for="ch" forName="Parent8" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent8" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent8" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent7" refType="w" fact="0.6933"/>
+              <dgm:constr type="t" for="ch" forName="Parent7" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent7" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent7" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent6" refType="w" fact="0.584"/>
+              <dgm:constr type="t" for="ch" forName="Parent6" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent6" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent6" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent5" refType="w" fact="0.4747"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent4" refType="w" fact="0.3654"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent3" refType="w" fact="0.2561"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent2" refType="w" fact="0.1468"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent1" refType="w" fact="0.0375"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Accent9" refType="w" fact="0.8942"/>
+              <dgm:constr type="t" for="ch" forName="Accent9" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent9" refType="w" fact="0.1058"/>
+              <dgm:constr type="h" for="ch" forName="Accent9" refType="h" fact="0.5699"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground9" refType="w" fact="0.8978"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground9" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground9" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground9" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child9" refType="w" fact="0.8978"/>
+              <dgm:constr type="t" for="ch" forName="Child9" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child9" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child9" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent8" refType="w" fact="0.763"/>
+              <dgm:constr type="t" for="ch" forName="Accent8" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent8" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent8" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground8" refType="w" fact="0.7885"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground8" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground8" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground8" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child8" refType="w" fact="0.7885"/>
+              <dgm:constr type="t" for="ch" forName="Child8" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child8" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child8" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent7" refType="w" fact="0.6538"/>
+              <dgm:constr type="t" for="ch" forName="Accent7" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent7" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent7" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground7" refType="w" fact="0.6792"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground7" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground7" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground7" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child7" refType="w" fact="0.6792"/>
+              <dgm:constr type="t" for="ch" forName="Child7" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child7" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child7" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent6" refType="w" fact="0.5445"/>
+              <dgm:constr type="t" for="ch" forName="Accent6" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent6" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent6" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground6" refType="w" fact="0.5699"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground6" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground6" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground6" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child6" refType="w" fact="0.5699"/>
+              <dgm:constr type="t" for="ch" forName="Child6" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child6" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child6" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent5" refType="w" fact="0.4352"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground5" refType="w" fact="0.4606"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child5" refType="w" fact="0.4606"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent4" refType="w" fact="0.3259"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground4" refType="w" fact="0.3513"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child4" refType="w" fact="0.3513"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent3" refType="w" fact="0.2166"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground3" refType="w" fact="0.242"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child3" refType="w" fact="0.242"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent2" refType="w" fact="0.1073"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground2" refType="w" fact="0.1327"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child2" refType="w" fact="0.1327"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent1" refType="w" fact="-0.002"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground1" refType="w" fact="0.0234"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child1" refType="w" fact="0.0234"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name13" axis="ch" ptType="node" func="cnt" op="equ" val="10">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="5.9769"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent6" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent7" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent8" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent9" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent10" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="l" for="ch" forName="Parent10" refType="w" fact="0.9205"/>
+              <dgm:constr type="t" for="ch" forName="Parent10" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent10" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent10" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent9" refType="w" fact="0.822"/>
+              <dgm:constr type="t" for="ch" forName="Parent9" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent9" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent9" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent8" refType="w" fact="0.7235"/>
+              <dgm:constr type="t" for="ch" forName="Parent8" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent8" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent8" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent7" refType="w" fact="0.625"/>
+              <dgm:constr type="t" for="ch" forName="Parent7" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent7" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent7" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent6" refType="w" fact="0.5264"/>
+              <dgm:constr type="t" for="ch" forName="Parent6" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent6" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent6" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent5" refType="w" fact="0.4279"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent4" refType="w" fact="0.3294"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent3" refType="w" fact="0.2309"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent2" refType="w" fact="0.1324"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent1" refType="w" fact="0.0338"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Accent10" refType="w" fact="0.9047"/>
+              <dgm:constr type="t" for="ch" forName="Accent10" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent10" refType="w" fact="0.0953"/>
+              <dgm:constr type="h" for="ch" forName="Accent10" refType="h" fact="0.5699"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground10" refType="w" fact="0.9078"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground10" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground10" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground10" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child10" refType="w" fact="0.9078"/>
+              <dgm:constr type="t" for="ch" forName="Child10" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child10" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child10" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent9" refType="w" fact="0.7864"/>
+              <dgm:constr type="t" for="ch" forName="Accent9" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent9" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent9" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground9" refType="w" fact="0.8093"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground9" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground9" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground9" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child9" refType="w" fact="0.8093"/>
+              <dgm:constr type="t" for="ch" forName="Child9" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child9" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child9" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent8" refType="w" fact="0.6879"/>
+              <dgm:constr type="t" for="ch" forName="Accent8" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent8" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent8" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground8" refType="w" fact="0.7108"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground8" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground8" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground8" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child8" refType="w" fact="0.7108"/>
+              <dgm:constr type="t" for="ch" forName="Child8" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child8" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child8" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent7" refType="w" fact="0.5893"/>
+              <dgm:constr type="t" for="ch" forName="Accent7" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent7" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent7" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground7" refType="w" fact="0.6123"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground7" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground7" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground7" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child7" refType="w" fact="0.6123"/>
+              <dgm:constr type="t" for="ch" forName="Child7" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child7" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child7" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent6" refType="w" fact="0.4908"/>
+              <dgm:constr type="t" for="ch" forName="Accent6" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent6" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent6" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground6" refType="w" fact="0.5137"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground6" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground6" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground6" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child6" refType="w" fact="0.5137"/>
+              <dgm:constr type="t" for="ch" forName="Child6" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child6" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child6" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent5" refType="w" fact="0.3923"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground5" refType="w" fact="0.4152"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child5" refType="w" fact="0.4152"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent4" refType="w" fact="0.2938"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground4" refType="w" fact="0.3167"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child4" refType="w" fact="0.3167"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent3" refType="w" fact="0.1952"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground3" refType="w" fact="0.2182"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child3" refType="w" fact="0.2182"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent2" refType="w" fact="0.0967"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground2" refType="w" fact="0.1196"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child2" refType="w" fact="0.1196"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent1" refType="w" fact="-0.0018"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground1" refType="w" fact="0.0211"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child1" refType="w" fact="0.0211"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:else name="Name14">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="6.5658"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent6" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent7" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent8" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent9" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent10" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent11" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="l" for="ch" forName="Parent11" refType="w" fact="0.9277"/>
+              <dgm:constr type="t" for="ch" forName="Parent11" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent11" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent11" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent10" refType="w" fact="0.838"/>
+              <dgm:constr type="t" for="ch" forName="Parent10" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent10" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent10" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent9" refType="w" fact="0.7483"/>
+              <dgm:constr type="t" for="ch" forName="Parent9" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent9" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent9" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent8" refType="w" fact="0.6586"/>
+              <dgm:constr type="t" for="ch" forName="Parent8" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent8" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent8" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent7" refType="w" fact="0.5689"/>
+              <dgm:constr type="t" for="ch" forName="Parent7" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent7" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent7" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent6" refType="w" fact="0.4792"/>
+              <dgm:constr type="t" for="ch" forName="Parent6" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent6" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent6" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent5" refType="w" fact="0.3895"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent4" refType="w" fact="0.2999"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent3" refType="w" fact="0.2102"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent2" refType="w" fact="0.1205"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Parent1" refType="w" fact="0.0308"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="l" for="ch" forName="Accent11" refType="w" fact="0.9132"/>
+              <dgm:constr type="t" for="ch" forName="Accent11" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent11" refType="w" fact="0.0868"/>
+              <dgm:constr type="h" for="ch" forName="Accent11" refType="h" fact="0.5699"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground11" refType="w" fact="0.9161"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground11" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground11" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground11" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child11" refType="w" fact="0.9161"/>
+              <dgm:constr type="t" for="ch" forName="Child11" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child11" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child11" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent10" refType="w" fact="0.8055"/>
+              <dgm:constr type="t" for="ch" forName="Accent10" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent10" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent10" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground10" refType="w" fact="0.8264"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground10" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground10" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground10" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child10" refType="w" fact="0.8264"/>
+              <dgm:constr type="t" for="ch" forName="Child10" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child10" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child10" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent9" refType="w" fact="0.7158"/>
+              <dgm:constr type="t" for="ch" forName="Accent9" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent9" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent9" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground9" refType="w" fact="0.7367"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground9" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground9" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground9" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child9" refType="w" fact="0.7367"/>
+              <dgm:constr type="t" for="ch" forName="Child9" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child9" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child9" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent8" refType="w" fact="0.6261"/>
+              <dgm:constr type="t" for="ch" forName="Accent8" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent8" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent8" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground8" refType="w" fact="0.647"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground8" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground8" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground8" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child8" refType="w" fact="0.647"/>
+              <dgm:constr type="t" for="ch" forName="Child8" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child8" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child8" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent7" refType="w" fact="0.5364"/>
+              <dgm:constr type="t" for="ch" forName="Accent7" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent7" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent7" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground7" refType="w" fact="0.5573"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground7" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground7" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground7" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child7" refType="w" fact="0.5573"/>
+              <dgm:constr type="t" for="ch" forName="Child7" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child7" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child7" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent6" refType="w" fact="0.4467"/>
+              <dgm:constr type="t" for="ch" forName="Accent6" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent6" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent6" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground6" refType="w" fact="0.4677"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground6" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground6" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground6" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child6" refType="w" fact="0.4677"/>
+              <dgm:constr type="t" for="ch" forName="Child6" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child6" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child6" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent5" refType="w" fact="0.3571"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground5" refType="w" fact="0.378"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child5" refType="w" fact="0.378"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent4" refType="w" fact="0.2674"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground4" refType="w" fact="0.2883"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child4" refType="w" fact="0.2883"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent3" refType="w" fact="0.1777"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground3" refType="w" fact="0.1986"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child3" refType="w" fact="0.1986"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent2" refType="w" fact="0.088"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground2" refType="w" fact="0.1089"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child2" refType="w" fact="0.1089"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="l" for="ch" forName="Accent1" refType="w" fact="-0.0017"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground1" refType="w" fact="0.0192"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="l" for="ch" forName="Child1" refType="w" fact="0.0192"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:else>
+        </dgm:choose>
+      </dgm:if>
+      <dgm:else name="Name15">
+        <dgm:choose name="Name16">
+          <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="equ" val="1">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="0.6383"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="l" for="ch" forName="Parent1" refType="w" fact="0.1667"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.1064"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.6667"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.4255"/>
+              <dgm:constr type="l" for="ch" forName="Accent1" refType="w" fact="0"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="0"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.6383"/>
+              <dgm:constr type="l" for="ch" forName="ParentBackground1" refType="w" fact="0.0333"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.0213"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.9333"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5957"/>
+              <dgm:constr type="l" for="ch" forName="Child1" refType="w" fact="0.0333"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6574"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.9333"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3426"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name18" axis="ch" ptType="node" func="cnt" op="equ" val="2">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="1.2659"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="r" for="ch" forName="Parent2" refType="w" fact="0.3751"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.3001"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent1" refType="w" fact="0.8403"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.3001"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Accent2" refType="w" fact="0.4502"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.4502"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.5699"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground2" refType="w" fact="0.4352"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.4201"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child2" refType="w" fact="0.4352"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.4201"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent1" refType="w" fact="1.0086"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.6367"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground1" refType="w" fact="0.9003"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.4201"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child1" refType="w" fact="0.9003"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.4201"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name19" axis="ch" ptType="node" func="cnt" op="equ" val="3">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="1.8548"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="r" for="ch" forName="Parent3" refType="w" fact="0.256"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.2048"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent2" refType="w" fact="0.5735"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.2048"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent1" refType="w" fact="0.891"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.2048"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Accent3" refType="w" fact="0.3072"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.3072"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.5699"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground3" refType="w" fact="0.297"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.2868"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child3" refType="w" fact="0.297"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.2868"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent2" refType="w" fact="0.6878"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.4334"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground2" refType="w" fact="0.6145"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.2868"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child2" refType="w" fact="0.6145"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.2868"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent1" refType="w" fact="1.0053"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.4334"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground1" refType="w" fact="0.932"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.2868"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child1" refType="w" fact="0.932"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.2868"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name20" axis="ch" ptType="node" func="cnt" op="equ" val="4">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="2.4437"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="r" for="ch" forName="Parent4" refType="w" fact="0.1943"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.1555"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent3" refType="w" fact="0.4353"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.1555"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent2" refType="w" fact="0.6763"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.1555"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent1" refType="w" fact="0.9173"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.1555"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Accent4" refType="w" fact="0.2332"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.2332"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.5699"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground4" refType="w" fact="0.2254"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child4" refType="w" fact="0.2254"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent3" refType="w" fact="0.5235"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.3298"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground3" refType="w" fact="0.4664"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child3" refType="w" fact="0.4664"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent2" refType="w" fact="0.7635"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.3298"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground2" refType="w" fact="0.7074"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child2" refType="w" fact="0.7074"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent1" refType="w" fact="1.0045"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.3298"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground1" refType="w" fact="0.9484"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child1" refType="w" fact="0.9484"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.2177"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name21" axis="ch" ptType="node" func="cnt" op="equ" val="5">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="3.0325"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="r" for="ch" forName="Parent5" refType="w" fact="0.1566"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.1253"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent4" refType="w" fact="0.3508"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.1253"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent3" refType="w" fact="0.545"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.1253"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent2" refType="w" fact="0.7391"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.1253"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent1" refType="w" fact="0.9333"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.1253"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Accent5" refType="w" fact="0.1879"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.1879"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.5699"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground5" refType="w" fact="0.1817"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child5" refType="w" fact="0.1817"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent4" refType="w" fact="0.4211"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.2657"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground4" refType="w" fact="0.3758"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child4" refType="w" fact="0.3758"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent3" refType="w" fact="0.6152"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.2657"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground3" refType="w" fact="0.57"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child3" refType="w" fact="0.57"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent2" refType="w" fact="0.8094"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.2657"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground2" refType="w" fact="0.7642"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child2" refType="w" fact="0.7642"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent1" refType="w" fact="1.0036"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.2657"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground1" refType="w" fact="0.9584"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child1" refType="w" fact="0.9584"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.1754"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name22" axis="ch" ptType="node" func="cnt" op="equ" val="6">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="3.6214"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent6" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="r" for="ch" forName="Parent6" refType="w" fact="0.1311"/>
+              <dgm:constr type="t" for="ch" forName="Parent6" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent6" refType="w" fact="0.1049"/>
+              <dgm:constr type="h" for="ch" forName="Parent6" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent5" refType="w" fact="0.2937"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.1049"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent4" refType="w" fact="0.4563"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.1049"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent3" refType="w" fact="0.619"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.1049"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent2" refType="w" fact="0.7816"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.1049"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent1" refType="w" fact="0.9442"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.1049"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Accent6" refType="w" fact="0.1574"/>
+              <dgm:constr type="t" for="ch" forName="Accent6" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent6" refType="w" fact="0.1574"/>
+              <dgm:constr type="h" for="ch" forName="Accent6" refType="h" fact="0.5699"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground6" refType="w" fact="0.1521"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground6" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground6" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground6" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child6" refType="w" fact="0.1521"/>
+              <dgm:constr type="t" for="ch" forName="Child6" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child6" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="Child6" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent5" refType="w" fact="0.3526"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.2226"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground5" refType="w" fact="0.3147"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child5" refType="w" fact="0.3147"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent4" refType="w" fact="0.5152"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.2226"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground4" refType="w" fact="0.4773"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child4" refType="w" fact="0.4773"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent3" refType="w" fact="0.6778"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.2226"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground3" refType="w" fact="0.6399"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child3" refType="w" fact="0.6399"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent2" refType="w" fact="0.8404"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.2226"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground2" refType="w" fact="0.8025"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child2" refType="w" fact="0.8025"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent1" refType="w" fact="1.003"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.2226"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground1" refType="w" fact="0.9652"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child1" refType="w" fact="0.9652"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.1469"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name23" axis="ch" ptType="node" func="cnt" op="equ" val="7">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="4.2103"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent6" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent7" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="r" for="ch" forName="Parent7" refType="w" fact="0.1128"/>
+              <dgm:constr type="t" for="ch" forName="Parent7" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent7" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent7" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent6" refType="w" fact="0.2527"/>
+              <dgm:constr type="t" for="ch" forName="Parent6" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent6" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent6" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent5" refType="w" fact="0.3925"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent4" refType="w" fact="0.5324"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent3" refType="w" fact="0.6723"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent2" refType="w" fact="0.8121"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent1" refType="w" fact="0.952"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.0902"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Accent7" refType="w" fact="0.1354"/>
+              <dgm:constr type="t" for="ch" forName="Accent7" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent7" refType="w" fact="0.1354"/>
+              <dgm:constr type="h" for="ch" forName="Accent7" refType="h" fact="0.5699"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground7" refType="w" fact="0.1308"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground7" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground7" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground7" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child7" refType="w" fact="0.1308"/>
+              <dgm:constr type="t" for="ch" forName="Child7" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child7" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child7" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent6" refType="w" fact="0.3033"/>
+              <dgm:constr type="t" for="ch" forName="Accent6" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent6" refType="w" fact="0.1915"/>
+              <dgm:constr type="h" for="ch" forName="Accent6" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground6" refType="w" fact="0.2707"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground6" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground6" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground6" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child6" refType="w" fact="0.2707"/>
+              <dgm:constr type="t" for="ch" forName="Child6" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child6" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child6" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent5" refType="w" fact="0.4431"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.1915"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground5" refType="w" fact="0.4106"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child5" refType="w" fact="0.4106"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent4" refType="w" fact="0.583"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.1915"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground4" refType="w" fact="0.5504"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child4" refType="w" fact="0.5504"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent3" refType="w" fact="0.7229"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.1915"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground3" refType="w" fact="0.6903"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child3" refType="w" fact="0.6903"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent2" refType="w" fact="0.8627"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.1915"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground2" refType="w" fact="0.8302"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child2" refType="w" fact="0.8302"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent1" refType="w" fact="1.0026"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.1915"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground1" refType="w" fact="0.97"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child1" refType="w" fact="0.97"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.1263"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name24" axis="ch" ptType="node" func="cnt" op="equ" val="8">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="4.7991"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent6" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent7" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent8" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="r" for="ch" forName="Parent8" refType="w" fact="0.099"/>
+              <dgm:constr type="t" for="ch" forName="Parent8" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent8" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent8" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent7" refType="w" fact="0.2217"/>
+              <dgm:constr type="t" for="ch" forName="Parent7" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent7" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent7" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent6" refType="w" fact="0.3444"/>
+              <dgm:constr type="t" for="ch" forName="Parent6" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent6" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent6" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent5" refType="w" fact="0.4671"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent4" refType="w" fact="0.5898"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent3" refType="w" fact="0.7125"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent2" refType="w" fact="0.8352"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent1" refType="w" fact="0.9579"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.0792"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Accent8" refType="w" fact="0.1187"/>
+              <dgm:constr type="t" for="ch" forName="Accent8" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent8" refType="w" fact="0.1187"/>
+              <dgm:constr type="h" for="ch" forName="Accent8" refType="h" fact="0.5699"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground8" refType="w" fact="0.1148"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground8" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground8" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground8" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child8" refType="w" fact="0.1148"/>
+              <dgm:constr type="t" for="ch" forName="Child8" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child8" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child8" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent7" refType="w" fact="0.2661"/>
+              <dgm:constr type="t" for="ch" forName="Accent7" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent7" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent7" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground7" refType="w" fact="0.2375"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground7" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground7" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground7" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child7" refType="w" fact="0.2375"/>
+              <dgm:constr type="t" for="ch" forName="Child7" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child7" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child7" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent6" refType="w" fact="0.3888"/>
+              <dgm:constr type="t" for="ch" forName="Accent6" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent6" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent6" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground6" refType="w" fact="0.3602"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground6" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground6" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground6" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child6" refType="w" fact="0.3602"/>
+              <dgm:constr type="t" for="ch" forName="Child6" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child6" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child6" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent5" refType="w" fact="0.5115"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground5" refType="w" fact="0.4829"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child5" refType="w" fact="0.4829"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent4" refType="w" fact="0.6342"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground4" refType="w" fact="0.6056"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child4" refType="w" fact="0.6056"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent3" refType="w" fact="0.7569"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground3" refType="w" fact="0.7283"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child3" refType="w" fact="0.7283"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent2" refType="w" fact="0.8796"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground2" refType="w" fact="0.851"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child2" refType="w" fact="0.851"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent1" refType="w" fact="1.0023"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.1679"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground1" refType="w" fact="0.9737"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child1" refType="w" fact="0.9737"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.1108"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name25" axis="ch" ptType="node" func="cnt" op="equ" val="9">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="5.388"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent6" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent7" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent8" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent9" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="r" for="ch" forName="Parent9" refType="w" fact="0.0881"/>
+              <dgm:constr type="t" for="ch" forName="Parent9" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent9" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent9" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent8" refType="w" fact="0.1974"/>
+              <dgm:constr type="t" for="ch" forName="Parent8" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent8" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent8" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent7" refType="w" fact="0.3067"/>
+              <dgm:constr type="t" for="ch" forName="Parent7" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent7" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent7" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent6" refType="w" fact="0.416"/>
+              <dgm:constr type="t" for="ch" forName="Parent6" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent6" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent6" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent5" refType="w" fact="0.5253"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent4" refType="w" fact="0.6346"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent3" refType="w" fact="0.7439"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent2" refType="w" fact="0.8532"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent1" refType="w" fact="0.9625"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.0705"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Accent9" refType="w" fact="0.1058"/>
+              <dgm:constr type="t" for="ch" forName="Accent9" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent9" refType="w" fact="0.1058"/>
+              <dgm:constr type="h" for="ch" forName="Accent9" refType="h" fact="0.5699"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground9" refType="w" fact="0.1022"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground9" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground9" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground9" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child9" refType="w" fact="0.1022"/>
+              <dgm:constr type="t" for="ch" forName="Child9" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child9" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child9" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent8" refType="w" fact="0.237"/>
+              <dgm:constr type="t" for="ch" forName="Accent8" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent8" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent8" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground8" refType="w" fact="0.2115"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground8" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground8" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground8" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child8" refType="w" fact="0.2115"/>
+              <dgm:constr type="t" for="ch" forName="Child8" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child8" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child8" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent7" refType="w" fact="0.3462"/>
+              <dgm:constr type="t" for="ch" forName="Accent7" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent7" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent7" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground7" refType="w" fact="0.3208"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground7" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground7" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground7" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child7" refType="w" fact="0.3208"/>
+              <dgm:constr type="t" for="ch" forName="Child7" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child7" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child7" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent6" refType="w" fact="0.4555"/>
+              <dgm:constr type="t" for="ch" forName="Accent6" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent6" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent6" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground6" refType="w" fact="0.4301"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground6" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground6" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground6" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child6" refType="w" fact="0.4301"/>
+              <dgm:constr type="t" for="ch" forName="Child6" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child6" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child6" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent5" refType="w" fact="0.5648"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground5" refType="w" fact="0.5394"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child5" refType="w" fact="0.5394"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent4" refType="w" fact="0.6741"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground4" refType="w" fact="0.6487"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child4" refType="w" fact="0.6487"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent3" refType="w" fact="0.7834"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground3" refType="w" fact="0.758"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child3" refType="w" fact="0.758"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent2" refType="w" fact="0.8927"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground2" refType="w" fact="0.8673"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child2" refType="w" fact="0.8673"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent1" refType="w" fact="1.002"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.1496"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground1" refType="w" fact="0.9765"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child1" refType="w" fact="0.9765"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.0987"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:if name="Name26" axis="ch" ptType="node" func="cnt" op="equ" val="10">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="5.9769"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent6" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent7" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent8" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent9" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent10" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="r" for="ch" forName="Parent10" refType="w" fact="0.0795"/>
+              <dgm:constr type="t" for="ch" forName="Parent10" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent10" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent10" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent9" refType="w" fact="0.178"/>
+              <dgm:constr type="t" for="ch" forName="Parent9" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent9" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent9" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent8" refType="w" fact="0.2765"/>
+              <dgm:constr type="t" for="ch" forName="Parent8" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent8" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent8" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent7" refType="w" fact="0.375"/>
+              <dgm:constr type="t" for="ch" forName="Parent7" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent7" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent7" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent6" refType="w" fact="0.4736"/>
+              <dgm:constr type="t" for="ch" forName="Parent6" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent6" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent6" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent5" refType="w" fact="0.5721"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent4" refType="w" fact="0.6706"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent3" refType="w" fact="0.7691"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent2" refType="w" fact="0.8676"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent1" refType="w" fact="0.9662"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.0636"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Accent10" refType="w" fact="0.0953"/>
+              <dgm:constr type="t" for="ch" forName="Accent10" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent10" refType="w" fact="0.0953"/>
+              <dgm:constr type="h" for="ch" forName="Accent10" refType="h" fact="0.5699"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground10" refType="w" fact="0.0922"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground10" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground10" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground10" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child10" refType="w" fact="0.0922"/>
+              <dgm:constr type="t" for="ch" forName="Child10" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child10" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child10" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent9" refType="w" fact="0.2136"/>
+              <dgm:constr type="t" for="ch" forName="Accent9" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent9" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent9" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground9" refType="w" fact="0.1907"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground9" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground9" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground9" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child9" refType="w" fact="0.1907"/>
+              <dgm:constr type="t" for="ch" forName="Child9" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child9" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child9" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent8" refType="w" fact="0.3121"/>
+              <dgm:constr type="t" for="ch" forName="Accent8" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent8" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent8" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground8" refType="w" fact="0.2892"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground8" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground8" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground8" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child8" refType="w" fact="0.2892"/>
+              <dgm:constr type="t" for="ch" forName="Child8" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child8" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child8" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent7" refType="w" fact="0.4107"/>
+              <dgm:constr type="t" for="ch" forName="Accent7" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent7" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent7" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground7" refType="w" fact="0.3877"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground7" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground7" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground7" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child7" refType="w" fact="0.3877"/>
+              <dgm:constr type="t" for="ch" forName="Child7" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child7" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child7" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent6" refType="w" fact="0.5092"/>
+              <dgm:constr type="t" for="ch" forName="Accent6" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent6" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent6" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground6" refType="w" fact="0.4863"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground6" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground6" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground6" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child6" refType="w" fact="0.4863"/>
+              <dgm:constr type="t" for="ch" forName="Child6" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child6" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child6" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent5" refType="w" fact="0.6077"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground5" refType="w" fact="0.5848"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child5" refType="w" fact="0.5848"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent4" refType="w" fact="0.7062"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground4" refType="w" fact="0.6833"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child4" refType="w" fact="0.6833"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent3" refType="w" fact="0.8048"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground3" refType="w" fact="0.7818"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child3" refType="w" fact="0.7818"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent2" refType="w" fact="0.9033"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground2" refType="w" fact="0.8804"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child2" refType="w" fact="0.8804"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent1" refType="w" fact="1.0018"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.1348"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground1" refType="w" fact="0.9789"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child1" refType="w" fact="0.9789"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.089"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:else name="Name27">
+            <dgm:alg type="composite">
+              <dgm:param type="ar" val="6.5658"/>
+            </dgm:alg>
+            <dgm:constrLst>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent1" val="65"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent1" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent2" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent3" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent4" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent5" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent6" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent7" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent8" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent9" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent10" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child1" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Parent11" op="lte"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent2" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent3" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent4" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent5" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent6" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent7" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent8" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent9" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent10" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Parent11" refType="primFontSz" refFor="des" refForName="Parent1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child2" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child3" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child4" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child5" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child6" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child7" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child8" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child9" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child10" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="primFontSz" for="des" forName="Child11" refType="primFontSz" refFor="des" refForName="Child1" op="equ"/>
+              <dgm:constr type="r" for="ch" forName="Parent11" refType="w" fact="0.0723"/>
+              <dgm:constr type="t" for="ch" forName="Parent11" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent11" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent11" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent10" refType="w" fact="0.162"/>
+              <dgm:constr type="t" for="ch" forName="Parent10" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent10" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent10" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent9" refType="w" fact="0.2517"/>
+              <dgm:constr type="t" for="ch" forName="Parent9" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent9" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent9" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent8" refType="w" fact="0.3414"/>
+              <dgm:constr type="t" for="ch" forName="Parent8" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent8" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent8" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent7" refType="w" fact="0.4311"/>
+              <dgm:constr type="t" for="ch" forName="Parent7" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent7" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent7" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent6" refType="w" fact="0.5208"/>
+              <dgm:constr type="t" for="ch" forName="Parent6" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent6" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent6" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent5" refType="w" fact="0.6105"/>
+              <dgm:constr type="t" for="ch" forName="Parent5" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent5" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent5" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent4" refType="w" fact="0.7001"/>
+              <dgm:constr type="t" for="ch" forName="Parent4" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent4" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent4" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent3" refType="w" fact="0.7898"/>
+              <dgm:constr type="t" for="ch" forName="Parent3" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent3" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent3" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent2" refType="w" fact="0.8795"/>
+              <dgm:constr type="t" for="ch" forName="Parent2" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent2" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent2" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Parent1" refType="w" fact="0.9692"/>
+              <dgm:constr type="t" for="ch" forName="Parent1" refType="h" fact="0.2022"/>
+              <dgm:constr type="w" for="ch" forName="Parent1" refType="w" fact="0.0579"/>
+              <dgm:constr type="h" for="ch" forName="Parent1" refType="h" fact="0.3799"/>
+              <dgm:constr type="r" for="ch" forName="Accent11" refType="w" fact="0.0868"/>
+              <dgm:constr type="t" for="ch" forName="Accent11" refType="h" fact="0.1072"/>
+              <dgm:constr type="w" for="ch" forName="Accent11" refType="w" fact="0.0868"/>
+              <dgm:constr type="h" for="ch" forName="Accent11" refType="h" fact="0.5699"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground11" refType="w" fact="0.0839"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground11" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground11" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground11" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child11" refType="w" fact="0.0839"/>
+              <dgm:constr type="t" for="ch" forName="Child11" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child11" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child11" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent10" refType="w" fact="0.1945"/>
+              <dgm:constr type="t" for="ch" forName="Accent10" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent10" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent10" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground10" refType="w" fact="0.1736"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground10" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground10" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground10" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child10" refType="w" fact="0.1736"/>
+              <dgm:constr type="t" for="ch" forName="Child10" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child10" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child10" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent9" refType="w" fact="0.2842"/>
+              <dgm:constr type="t" for="ch" forName="Accent9" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent9" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent9" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground9" refType="w" fact="0.2633"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground9" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground9" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground9" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child9" refType="w" fact="0.2633"/>
+              <dgm:constr type="t" for="ch" forName="Child9" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child9" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child9" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent8" refType="w" fact="0.3739"/>
+              <dgm:constr type="t" for="ch" forName="Accent8" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent8" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent8" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground8" refType="w" fact="0.353"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground8" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground8" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground8" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child8" refType="w" fact="0.353"/>
+              <dgm:constr type="t" for="ch" forName="Child8" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child8" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child8" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent7" refType="w" fact="0.4636"/>
+              <dgm:constr type="t" for="ch" forName="Accent7" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent7" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent7" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground7" refType="w" fact="0.4427"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground7" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground7" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground7" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child7" refType="w" fact="0.4427"/>
+              <dgm:constr type="t" for="ch" forName="Child7" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child7" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child7" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent6" refType="w" fact="0.5533"/>
+              <dgm:constr type="t" for="ch" forName="Accent6" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent6" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent6" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground6" refType="w" fact="0.5323"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground6" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground6" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground6" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child6" refType="w" fact="0.5323"/>
+              <dgm:constr type="t" for="ch" forName="Child6" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child6" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child6" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent5" refType="w" fact="0.6429"/>
+              <dgm:constr type="t" for="ch" forName="Accent5" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent5" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent5" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground5" refType="w" fact="0.622"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground5" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground5" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground5" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child5" refType="w" fact="0.622"/>
+              <dgm:constr type="t" for="ch" forName="Child5" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child5" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child5" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent4" refType="w" fact="0.7326"/>
+              <dgm:constr type="t" for="ch" forName="Accent4" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent4" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent4" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground4" refType="w" fact="0.7117"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground4" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground4" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground4" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child4" refType="w" fact="0.7117"/>
+              <dgm:constr type="t" for="ch" forName="Child4" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child4" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child4" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent3" refType="w" fact="0.8223"/>
+              <dgm:constr type="t" for="ch" forName="Accent3" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent3" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent3" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground3" refType="w" fact="0.8014"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground3" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground3" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground3" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child3" refType="w" fact="0.8014"/>
+              <dgm:constr type="t" for="ch" forName="Child3" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child3" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child3" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent2" refType="w" fact="0.912"/>
+              <dgm:constr type="t" for="ch" forName="Accent2" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent2" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent2" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground2" refType="w" fact="0.8911"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground2" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground2" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground2" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child2" refType="w" fact="0.8911"/>
+              <dgm:constr type="t" for="ch" forName="Child2" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child2" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child2" refType="h" fact="0.3124"/>
+              <dgm:constr type="r" for="ch" forName="Accent1" refType="w" fact="1.0017"/>
+              <dgm:constr type="t" for="ch" forName="Accent1" refType="h" fact="-0.0109"/>
+              <dgm:constr type="w" for="ch" forName="Accent1" refType="w" fact="0.1228"/>
+              <dgm:constr type="h" for="ch" forName="Accent1" refType="h" fact="0.806"/>
+              <dgm:constr type="r" for="ch" forName="ParentBackground1" refType="w" fact="0.9808"/>
+              <dgm:constr type="t" for="ch" forName="ParentBackground1" refType="h" fact="0.1262"/>
+              <dgm:constr type="w" for="ch" forName="ParentBackground1" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="ParentBackground1" refType="h" fact="0.5319"/>
+              <dgm:constr type="r" for="ch" forName="Child1" refType="w" fact="0.9808"/>
+              <dgm:constr type="t" for="ch" forName="Child1" refType="h" fact="0.6876"/>
+              <dgm:constr type="w" for="ch" forName="Child1" refType="w" fact="0.081"/>
+              <dgm:constr type="h" for="ch" forName="Child1" refType="h" fact="0.3124"/>
+            </dgm:constrLst>
+          </dgm:else>
+        </dgm:choose>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:forEach name="wrapper" axis="self" ptType="parTrans">
+      <dgm:forEach name="accentRepeat" axis="self">
+        <dgm:layoutNode name="Accent" styleLbl="node1">
+          <dgm:alg type="sp"/>
+          <dgm:choose name="Name28">
+            <dgm:if name="Name29" axis="followSib" ptType="node" func="cnt" op="equ" val="0">
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="ellipse" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+            </dgm:if>
+            <dgm:else name="Name30">
+              <dgm:choose name="Name31">
+                <dgm:if name="Name32" axis="precedSib" ptType="node" func="cnt" op="equ" val="10">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="ellipse" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name33">
+                  <dgm:choose name="Name34">
+                    <dgm:if name="Name35" func="var" arg="dir" op="equ" val="norm">
+                      <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="45" type="teardrop" r:blip="">
+                        <dgm:adjLst>
+                          <dgm:adj idx="1" val="1"/>
+                        </dgm:adjLst>
+                      </dgm:shape>
+                    </dgm:if>
+                    <dgm:else name="Name36">
+                      <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="225" type="teardrop" r:blip="">
+                        <dgm:adjLst>
+                          <dgm:adj idx="1" val="1"/>
+                        </dgm:adjLst>
+                      </dgm:shape>
+                    </dgm:else>
+                  </dgm:choose>
+                </dgm:else>
+              </dgm:choose>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:presOf/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+      <dgm:forEach name="parentBackgroundRepeat" axis="self">
+        <dgm:layoutNode name="ParentBackground" styleLbl="fgAcc1">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="ellipse" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="self" ptType="node"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+    </dgm:forEach>
+    <dgm:forEach name="Name37" axis="ch" ptType="node" st="11" cnt="1">
+      <dgm:layoutNode name="Accent11">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst/>
+        <dgm:forEach name="Name38" ref="accentRepeat"/>
+      </dgm:layoutNode>
+      <dgm:layoutNode name="ParentBackground11">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:forEach name="Name39" ref="parentBackgroundRepeat"/>
+      </dgm:layoutNode>
+      <dgm:choose name="Name40">
+        <dgm:if name="Name41" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+          <dgm:layoutNode name="Child11" styleLbl="revTx">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx">
+              <dgm:param type="stBulletLvl" val="1"/>
+              <dgm:param type="parTxLTRAlign" val="l"/>
+              <dgm:param type="txAnchorVert" val="t"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="des" ptType="node"/>
+            <dgm:constrLst>
+              <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+        </dgm:if>
+        <dgm:else name="Name42"/>
+      </dgm:choose>
+      <dgm:layoutNode name="Parent11" styleLbl="revTx">
+        <dgm:varLst>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:varLst>
+        <dgm:alg type="tx">
+          <dgm:param type="shpTxLTRAlignCh" val="ctr"/>
+          <dgm:param type="txAnchorVertCh" val="mid"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="self" ptType="node"/>
+        <dgm:constrLst>
+          <dgm:constr type="lMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="rMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+      </dgm:layoutNode>
+    </dgm:forEach>
+    <dgm:forEach name="Name43" axis="ch" ptType="node" st="10" cnt="1">
+      <dgm:layoutNode name="Accent10">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst/>
+        <dgm:forEach name="Name44" ref="accentRepeat"/>
+      </dgm:layoutNode>
+      <dgm:layoutNode name="ParentBackground10">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:forEach name="Name45" ref="parentBackgroundRepeat"/>
+      </dgm:layoutNode>
+      <dgm:choose name="Name46">
+        <dgm:if name="Name47" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+          <dgm:layoutNode name="Child10" styleLbl="revTx">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx">
+              <dgm:param type="stBulletLvl" val="1"/>
+              <dgm:param type="parTxLTRAlign" val="l"/>
+              <dgm:param type="txAnchorVert" val="t"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="des" ptType="node"/>
+            <dgm:constrLst>
+              <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+        </dgm:if>
+        <dgm:else name="Name48"/>
+      </dgm:choose>
+      <dgm:layoutNode name="Parent10" styleLbl="revTx">
+        <dgm:varLst>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:varLst>
+        <dgm:alg type="tx">
+          <dgm:param type="shpTxLTRAlignCh" val="ctr"/>
+          <dgm:param type="txAnchorVertCh" val="mid"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="self" ptType="node"/>
+        <dgm:constrLst>
+          <dgm:constr type="lMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="rMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+      </dgm:layoutNode>
+    </dgm:forEach>
+    <dgm:forEach name="Name49" axis="ch" ptType="node" st="9" cnt="1">
+      <dgm:layoutNode name="Accent9">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst/>
+        <dgm:forEach name="Name50" ref="accentRepeat"/>
+      </dgm:layoutNode>
+      <dgm:layoutNode name="ParentBackground9">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:forEach name="Name51" ref="parentBackgroundRepeat"/>
+      </dgm:layoutNode>
+      <dgm:choose name="Name52">
+        <dgm:if name="Name53" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+          <dgm:layoutNode name="Child9" styleLbl="revTx">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx">
+              <dgm:param type="stBulletLvl" val="1"/>
+              <dgm:param type="parTxLTRAlign" val="l"/>
+              <dgm:param type="txAnchorVert" val="t"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="des" ptType="node"/>
+            <dgm:constrLst>
+              <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+        </dgm:if>
+        <dgm:else name="Name54"/>
+      </dgm:choose>
+      <dgm:layoutNode name="Parent9" styleLbl="revTx">
+        <dgm:varLst>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:varLst>
+        <dgm:alg type="tx">
+          <dgm:param type="shpTxLTRAlignCh" val="ctr"/>
+          <dgm:param type="txAnchorVertCh" val="mid"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="self" ptType="node"/>
+        <dgm:constrLst>
+          <dgm:constr type="lMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="rMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+      </dgm:layoutNode>
+    </dgm:forEach>
+    <dgm:forEach name="Name55" axis="ch" ptType="node" st="8" cnt="1">
+      <dgm:layoutNode name="Accent8">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst/>
+        <dgm:forEach name="Name56" ref="accentRepeat"/>
+      </dgm:layoutNode>
+      <dgm:layoutNode name="ParentBackground8">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:forEach name="Name57" ref="parentBackgroundRepeat"/>
+      </dgm:layoutNode>
+      <dgm:choose name="Name58">
+        <dgm:if name="Name59" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+          <dgm:layoutNode name="Child8" styleLbl="revTx">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx">
+              <dgm:param type="stBulletLvl" val="1"/>
+              <dgm:param type="parTxLTRAlign" val="l"/>
+              <dgm:param type="txAnchorVert" val="t"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="des" ptType="node"/>
+            <dgm:constrLst>
+              <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+        </dgm:if>
+        <dgm:else name="Name60"/>
+      </dgm:choose>
+      <dgm:layoutNode name="Parent8" styleLbl="revTx">
+        <dgm:varLst>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:varLst>
+        <dgm:alg type="tx">
+          <dgm:param type="shpTxLTRAlignCh" val="ctr"/>
+          <dgm:param type="txAnchorVertCh" val="mid"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="self" ptType="node"/>
+        <dgm:constrLst>
+          <dgm:constr type="lMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="rMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+      </dgm:layoutNode>
+    </dgm:forEach>
+    <dgm:forEach name="Name61" axis="ch" ptType="node" st="7" cnt="1">
+      <dgm:layoutNode name="Accent7">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst/>
+        <dgm:forEach name="Name62" ref="accentRepeat"/>
+      </dgm:layoutNode>
+      <dgm:layoutNode name="ParentBackground7">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:forEach name="Name63" ref="parentBackgroundRepeat"/>
+      </dgm:layoutNode>
+      <dgm:choose name="Name64">
+        <dgm:if name="Name65" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+          <dgm:layoutNode name="Child7" styleLbl="revTx">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx">
+              <dgm:param type="stBulletLvl" val="1"/>
+              <dgm:param type="parTxLTRAlign" val="l"/>
+              <dgm:param type="txAnchorVert" val="t"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="des" ptType="node"/>
+            <dgm:constrLst>
+              <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+        </dgm:if>
+        <dgm:else name="Name66"/>
+      </dgm:choose>
+      <dgm:layoutNode name="Parent7" styleLbl="revTx">
+        <dgm:varLst>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:varLst>
+        <dgm:alg type="tx">
+          <dgm:param type="shpTxLTRAlignCh" val="ctr"/>
+          <dgm:param type="txAnchorVertCh" val="mid"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="self" ptType="node"/>
+        <dgm:constrLst>
+          <dgm:constr type="lMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="rMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+      </dgm:layoutNode>
+    </dgm:forEach>
+    <dgm:forEach name="Name67" axis="ch" ptType="node" st="6" cnt="1">
+      <dgm:layoutNode name="Accent6">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst/>
+        <dgm:forEach name="Name68" ref="accentRepeat"/>
+      </dgm:layoutNode>
+      <dgm:layoutNode name="ParentBackground6">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:forEach name="Name69" ref="parentBackgroundRepeat"/>
+      </dgm:layoutNode>
+      <dgm:choose name="Name70">
+        <dgm:if name="Name71" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+          <dgm:layoutNode name="Child6" styleLbl="revTx">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx">
+              <dgm:param type="stBulletLvl" val="1"/>
+              <dgm:param type="parTxLTRAlign" val="l"/>
+              <dgm:param type="txAnchorVert" val="t"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="des" ptType="node"/>
+            <dgm:constrLst>
+              <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+        </dgm:if>
+        <dgm:else name="Name72"/>
+      </dgm:choose>
+      <dgm:layoutNode name="Parent6" styleLbl="revTx">
+        <dgm:varLst>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:varLst>
+        <dgm:alg type="tx">
+          <dgm:param type="shpTxLTRAlignCh" val="ctr"/>
+          <dgm:param type="txAnchorVertCh" val="mid"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="self" ptType="node"/>
+        <dgm:constrLst>
+          <dgm:constr type="lMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="rMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+      </dgm:layoutNode>
+    </dgm:forEach>
+    <dgm:forEach name="Name73" axis="ch" ptType="node" st="5" cnt="1">
+      <dgm:layoutNode name="Accent5">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst/>
+        <dgm:forEach name="Name74" ref="accentRepeat"/>
+      </dgm:layoutNode>
+      <dgm:layoutNode name="ParentBackground5">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:forEach name="Name75" ref="parentBackgroundRepeat"/>
+      </dgm:layoutNode>
+      <dgm:choose name="Name76">
+        <dgm:if name="Name77" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+          <dgm:layoutNode name="Child5" styleLbl="revTx">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx">
+              <dgm:param type="stBulletLvl" val="1"/>
+              <dgm:param type="parTxLTRAlign" val="l"/>
+              <dgm:param type="txAnchorVert" val="t"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="des" ptType="node"/>
+            <dgm:constrLst>
+              <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+        </dgm:if>
+        <dgm:else name="Name78"/>
+      </dgm:choose>
+      <dgm:layoutNode name="Parent5" styleLbl="revTx">
+        <dgm:varLst>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:varLst>
+        <dgm:alg type="tx">
+          <dgm:param type="shpTxLTRAlignCh" val="ctr"/>
+          <dgm:param type="txAnchorVertCh" val="mid"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="self" ptType="node"/>
+        <dgm:constrLst>
+          <dgm:constr type="lMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="rMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+      </dgm:layoutNode>
+    </dgm:forEach>
+    <dgm:forEach name="Name79" axis="ch" ptType="node" st="4" cnt="1">
+      <dgm:layoutNode name="Accent4">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst/>
+        <dgm:forEach name="Name80" ref="accentRepeat"/>
+      </dgm:layoutNode>
+      <dgm:layoutNode name="ParentBackground4">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:forEach name="Name81" ref="parentBackgroundRepeat"/>
+      </dgm:layoutNode>
+      <dgm:choose name="Name82">
+        <dgm:if name="Name83" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+          <dgm:layoutNode name="Child4" styleLbl="revTx">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx">
+              <dgm:param type="stBulletLvl" val="1"/>
+              <dgm:param type="parTxLTRAlign" val="l"/>
+              <dgm:param type="txAnchorVert" val="t"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="des" ptType="node"/>
+            <dgm:constrLst>
+              <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+        </dgm:if>
+        <dgm:else name="Name84"/>
+      </dgm:choose>
+      <dgm:layoutNode name="Parent4" styleLbl="revTx">
+        <dgm:varLst>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:varLst>
+        <dgm:alg type="tx">
+          <dgm:param type="shpTxLTRAlignCh" val="ctr"/>
+          <dgm:param type="txAnchorVertCh" val="mid"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="self" ptType="node"/>
+        <dgm:constrLst>
+          <dgm:constr type="lMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="rMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+      </dgm:layoutNode>
+    </dgm:forEach>
+    <dgm:forEach name="Name85" axis="ch" ptType="node" st="3" cnt="1">
+      <dgm:layoutNode name="Accent3">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst/>
+        <dgm:forEach name="Name86" ref="accentRepeat"/>
+      </dgm:layoutNode>
+      <dgm:layoutNode name="ParentBackground3">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:forEach name="Name87" ref="parentBackgroundRepeat"/>
+      </dgm:layoutNode>
+      <dgm:choose name="Name88">
+        <dgm:if name="Name89" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+          <dgm:layoutNode name="Child3" styleLbl="revTx">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx">
+              <dgm:param type="stBulletLvl" val="1"/>
+              <dgm:param type="parTxLTRAlign" val="l"/>
+              <dgm:param type="txAnchorVert" val="t"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="des" ptType="node"/>
+            <dgm:constrLst>
+              <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+        </dgm:if>
+        <dgm:else name="Name90"/>
+      </dgm:choose>
+      <dgm:layoutNode name="Parent3" styleLbl="revTx">
+        <dgm:varLst>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:varLst>
+        <dgm:alg type="tx">
+          <dgm:param type="shpTxLTRAlignCh" val="ctr"/>
+          <dgm:param type="txAnchorVertCh" val="mid"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="self" ptType="node"/>
+        <dgm:constrLst>
+          <dgm:constr type="lMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="rMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+      </dgm:layoutNode>
+    </dgm:forEach>
+    <dgm:forEach name="Name91" axis="ch" ptType="node" st="2" cnt="1">
+      <dgm:layoutNode name="Accent2">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst/>
+        <dgm:forEach name="Name92" ref="accentRepeat"/>
+      </dgm:layoutNode>
+      <dgm:layoutNode name="ParentBackground2" styleLbl="fgAcc1">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:forEach name="Name93" ref="parentBackgroundRepeat"/>
+      </dgm:layoutNode>
+      <dgm:choose name="Name94">
+        <dgm:if name="Name95" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+          <dgm:layoutNode name="Child2" styleLbl="revTx">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx">
+              <dgm:param type="stBulletLvl" val="1"/>
+              <dgm:param type="parTxLTRAlign" val="l"/>
+              <dgm:param type="txAnchorVert" val="t"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="des" ptType="node"/>
+            <dgm:constrLst>
+              <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+        </dgm:if>
+        <dgm:else name="Name96"/>
+      </dgm:choose>
+      <dgm:layoutNode name="Parent2" styleLbl="revTx">
+        <dgm:varLst>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:varLst>
+        <dgm:alg type="tx">
+          <dgm:param type="shpTxLTRAlignCh" val="ctr"/>
+          <dgm:param type="txAnchorVertCh" val="mid"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="self" ptType="node"/>
+        <dgm:constrLst>
+          <dgm:constr type="lMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="rMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+      </dgm:layoutNode>
+    </dgm:forEach>
+    <dgm:forEach name="Name97" axis="ch" ptType="node" cnt="1">
+      <dgm:layoutNode name="Accent1">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst/>
+        <dgm:forEach name="Name98" ref="accentRepeat"/>
+      </dgm:layoutNode>
+      <dgm:layoutNode name="ParentBackground1">
+        <dgm:alg type="sp"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:forEach name="Name99" ref="parentBackgroundRepeat"/>
+      </dgm:layoutNode>
+      <dgm:choose name="Name100">
+        <dgm:if name="Name101" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+          <dgm:layoutNode name="Child1" styleLbl="revTx">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx">
+              <dgm:param type="stBulletLvl" val="1"/>
+              <dgm:param type="parTxLTRAlign" val="l"/>
+              <dgm:param type="txAnchorVert" val="t"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="des" ptType="node"/>
+            <dgm:constrLst>
+              <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+              <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+        </dgm:if>
+        <dgm:else name="Name102"/>
+      </dgm:choose>
+      <dgm:layoutNode name="Parent1" styleLbl="revTx">
+        <dgm:varLst>
+          <dgm:chMax val="1"/>
+          <dgm:chPref val="1"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:varLst>
+        <dgm:alg type="tx">
+          <dgm:param type="shpTxLTRAlignCh" val="ctr"/>
+          <dgm:param type="txAnchorVertCh" val="mid"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="self" ptType="node"/>
+        <dgm:constrLst>
+          <dgm:constr type="lMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="rMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+          <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+      </dgm:layoutNode>
+    </dgm:forEach>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=word/diagrams/quickStyle1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C4D2C8C9-10D3-4B8A-B563-F37B94DFBA84}"/>
+        <w:guid w:val="{39FD6358-3C04-4D01-8C64-2EE9C7B700A2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00474745" w:rsidRDefault="00D16DAD">
-          <w:r w:rsidRPr="00E52C88">
+        <w:p w:rsidR="000A7960" w:rsidRDefault="00FF587A">
+          <w:r w:rsidRPr="00580102">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="4B688A2036A94775897630377FD5BAED"/>
+        <w:name w:val="EC34D1FB5B134D2B991D19F7AE914CA5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1F21DA13-6C17-4E93-926D-5445CC988718}"/>
+        <w:guid w:val="{01A6E4F1-0557-4AB7-822F-561D071CFE47}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005103BB" w:rsidRDefault="00B334FF" w:rsidP="00B334FF">
+        <w:p w:rsidR="00F90111" w:rsidRDefault="00C66872" w:rsidP="00C66872">
           <w:pPr>
-            <w:pStyle w:val="4B688A2036A94775897630377FD5BAED"/>
+            <w:pStyle w:val="EC34D1FB5B134D2B991D19F7AE914CA5"/>
           </w:pPr>
           <w:r w:rsidRPr="00E52C88">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -6625,71 +15452,64 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D16DAD"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00FF590A"/>
+    <w:rsidRoot w:val="00FF587A"/>
+    <w:rsid w:val="000A7960"/>
+    <w:rsid w:val="00140B14"/>
+    <w:rsid w:val="00206B7E"/>
+    <w:rsid w:val="002232F7"/>
+    <w:rsid w:val="003F5579"/>
+    <w:rsid w:val="006E3145"/>
+    <w:rsid w:val="00740703"/>
+    <w:rsid w:val="00776EB1"/>
+    <w:rsid w:val="00AD1493"/>
+    <w:rsid w:val="00C66872"/>
+    <w:rsid w:val="00EA52D9"/>
+    <w:rsid w:val="00F90111"/>
+    <w:rsid w:val="00FF587A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="id-ID"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -7101,58 +15921,58 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B334FF"/>
+    <w:rsid w:val="00C66872"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B688A2036A94775897630377FD5BAED">
-[...1 lines deleted...]
-    <w:rsid w:val="00B334FF"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EC34D1FB5B134D2B991D19F7AE914CA5">
+    <w:name w:val="EC34D1FB5B134D2B991D19F7AE914CA5"/>
+    <w:rsid w:val="00C66872"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
@@ -7421,98 +16241,187 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=word/webextensions/_rels/taskpanes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextension" Target="webextension1.xml"/></Relationships>
 </file>
 
 <file path=word/webextensions/taskpanes.xml><?xml version="1.0" encoding="utf-8"?>
 <wetp:taskpanes xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11">
-  <wetp:taskpane dockstate="right" visibility="0" width="350" row="4">
+  <wetp:taskpane dockstate="right" visibility="0" width="350" row="5">
     <wetp:webextensionref xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
   </wetp:taskpane>
 </wetp:taskpanes>
 </file>
 
 <file path=word/webextensions/webextension1.xml><?xml version="1.0" encoding="utf-8"?>
 <we:webextension xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" id="{7A901632-81A0-4B5F-9856-B3B8FE9586F6}">
   <we:reference id="f78a3046-9e99-4300-aa2b-5814002b01a2" version="1.55.1.0" store="EXCatalog" storeType="EXCatalog"/>
   <we:alternateReferences>
     <we:reference id="WA104382081" version="1.55.1.0" store="en-US" storeType="OMEX"/>
   </we:alternateReferences>
   <we:properties>
-    <we:property name="MENDELEY_BIBLIOGRAPHY_IS_DIRTY" value="true"/>
-[...2 lines deleted...]
-    <we:property name="MENDELEY_CITATIONS_STYLE" value="{&quot;id&quot;:&quot;https://www.zotero.org/styles/vancouver&quot;,&quot;title&quot;:&quot;Vancouver&quot;,&quot;format&quot;:&quot;numeric&quot;,&quot;defaultLocale&quot;:null,&quot;isLocaleCodeValid&quot;:true}"/>
+    <we:property name="MENDELEY_BIBLIOGRAPHY_IS_DIRTY" value="false"/>
+    <we:property name="MENDELEY_BIBLIOGRAPHY_LAST_MODIFIED" value="1772597431943"/>
+    <we:property name="MENDELEY_CITATIONS" value="[{&quot;citationID&quot;:&quot;MENDELEY_CITATION_03cbafc1-a295-43a9-954e-4eff6f2ced17&quot;,&quot;properties&quot;:{&quot;noteIndex&quot;:0},&quot;isEdited&quot;:false,&quot;manualOverride&quot;:{&quot;isManuallyOverridden&quot;:false,&quot;citeprocText&quot;:&quot;(W. Anjaningrum et al., 2022; Ningsih &amp;#38; Handayani, 2025)&quot;,&quot;manualOverrideText&quot;:&quot;&quot;},&quot;citationTag&quot;:&quot;MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fMDNjYmFmYzEtYTI5NS00M2E5LTk1NGUtNGVmZjZmMmNlZDE3IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKFcuIEFuamFuaW5ncnVtIGV0IGFsLiwgMjAyMjsgTmluZ3NpaCAmIzM4OyBIYW5kYXlhbmksIDIwMjUpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiYzU1YzBhM2UtZDcyOS0zMWQyLTk4NmQtZTY0YzM0MzY5NjFmIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiYzU1YzBhM2UtZDcyOS0zMWQyLTk4NmQtZTY0YzM0MzY5NjFmIiwidGl0bGUiOiJUaGUgSW5mbHVlbmNlIG9mIEZpbmFuY2luZywgRmluYW5jaW5nIFJpc2sgYW5kIExpcXVpZGl0eSBSaXNrIG9uIHRoZSBQcm9maXRhYmlsaXR5IG9mIFByaXZhdGUgSXNsYW1pYyBDb21tZXJjaWFsIEJhbmtzIChCVVMpIGluIEluZG9uZXNpYSIsImF1dGhvciI6W3siZmFtaWx5IjoiTmluZ3NpaCIsImdpdmVuIjoiV2l3aWsgRml0cmlhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiSGFuZGF5YW5pIiwiZ2l2ZW4iOiJZdW5pb3JpdGEgSW5kYWgiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJKdXJuYWwgSWxtaWFoIEJpc25pcyBkYW4gRWtvbm9taSBBc2lhIiwiYWNjZXNzZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI1LDksMTNdXX0sIkRPSSI6IjEwLjMyODE1L0pJQkVLQS5WMTlJMi4yMzY4IiwiSVNTTiI6IjI2MjAtODc1WCIsIlVSTCI6Imh0dHBzOi8vamliZWthLmFzaWEuYWMuaWQvaW5kZXgucGhwL2ppYmVrYS9hcnRpY2xlL3ZpZXcvMjM2OCIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsNywxNF1dfSwicGFnZSI6IjE0Mi0xNTMiLCJhYnN0cmFjdCI6IlRoaXMgcmVzZWFyY2ggYWltcyB0byBkZXRlcm1pbmUgdGhlIGVmZmVjdCBvZiBtdWRoYXJhYmFoLCBtdXN5YXJha2FoLCBtdXJhYmFoYWggZmluYW5jaW5nLCBmaW5hbmNpbmcgcmlzayBhbmQgbGlxdWlkaXR5IHJpc2sgb24gcHJvZml0YWJpbGl0eSBpbiBQcml2YXRlIFNoYXJpYSBDb21tZXJjaWFsIEJhbmtzIGluIDIwMTktMjAyMy4gVGhlIHN0dWR5IHVzZWQgaXMgcXVhbnRpdGF0aXZlIGV4cGxhbmF0b3J5IG1ldGhvZC4gVGhlIGRhdGEgdXNlZCBhcmUgZGVyaXZlZCBmcm9tIGFubnVhbCBmaW5hbmNpYWwgcmVwb3J0cyBvZiBQcml2YXRlIFNoYXJpYSBDb21tZXJjaWFsIEJhbmtzLiBUaGUgcG9wdWxhdGlvbiBpbiB0aGlzIHJlc2VhcmNoIGlzIFByaXZhdGUgU2hhcmlhIENvbW1lcmNpYWwgQmFua3MgbGlzdGVkIG9uIHRoZSBGaW5hbmNpYWwgU2VydmljZXMgQXV0aG9yaXR5IChPSkspLiBUaGUgc2FtcGxpbmcgdGVjaG5pcXVlIHVzZWQgaXMgdGhlIHB1cnBvc2l2ZSBzYW1wbGluZyBhbmQgb2J0YWluZWQgNSBiYW5rcy4gVGhlIGRhdGEgYW5hbHlzaXMgdXNlZCBhcmUgY2xhc3NpY2FsIGFzc3VtcHRpb24gdGVzdGluZywgbXVsdGlwbGUgbGluZWFyIHJlZ3Jlc3Npb24sIGNvZWZmaWNpZW50IG9mIGRldGVybWluYXRpb24gKFLCrDIpIGFuZCBoeXBvdGhlc2lzIHRlc3RpbmcuIFRoZSByZXN1bHRzIHNob3cgdGhhdCBtdWRoYXJhYmFoIGZpbmFuY2luZywmbmJzcDsgbXVyYWJhaGFoIGZpbmFuY2luZywgZmluYW5jaW5nIHJpc2ssIGFuZCBsaXF1aWRpdHkgcmlzayBwYXJ0aWFsbHkgaGF2ZSBubyBlZmZlY3Qgb24gcHJvZml0YWJpbGl0eSB3aGlsZSBwYXJ0aWFsbHkgbXVzeWFyYWthaCBmaW5hbmNpbmcgaGFzIGEgc2lnbmlmaWNhbnQgZWZmZWN0IG9uIHByb2ZpdGFiaWxpdHkuIFRoaXMgcmVzdWx0IGluZGljYXRlIHRoYXQgYmFuayBuZWVkIHRvIGRldmVsb3AgbXVzeWFyYWthaCBmaW5hbmNpbmcsIGluY3JlYXNlIG9wZXJhdGlvbmFsIGVmZmljaWVuY3kgYW5kIGRldmVsb3BlIGVmZmVjdGl2ZSByaXNrIG1hbmFnZW1lbiBzeXN0ZW0uIE1lYW53aGlsZSBzaGFyaWEgYmFua3MgbmVlZCB0byBpbXByb3ZlIG1hbmFnZW1lbnQgY2FwYWJpbGl0aWVzIGluaSBtYW5hZ2luZyBtdWRoYXJhYmFoIGFuZCBtdXJhYmFoYWggZmluYW5jaW5nIGFuZCBkZXZlbG9wIG5ldyBwcm9kdWN0IHRoYXQgYXJlIG1vcmUgcHJvZml0YWJsZS4mbmJzcDsgU2hhcmlhIGJhbmtzIGhhdmUgdG8gbWFpbnRhaW4gZmluYW5jaW5nIHJpc2sgKE5QRikgc28gdGhhdCBpdCBkbyBub3QgY2F1c2UgcG90ZW50aWFsIGxvc3NlcyBpbiB0aGUgZnV0dXJlLCBTaGFyaWEgYmFua3MgYWxzbyBuZWVkIHRvIGltcHJvdmUgbWFuYWdlbWVuIGNhcGFiaWxpdGllcyBpbiBtYW5hZ2luZyBsaXF1aWR5IHJpc2siLCJwdWJsaXNoZXIiOiJJbnN0aXR1dCBUZWtub2xvZ2kgZGFuIEJpc25pcyBBc2lhIE1hbGFuZyIsImlzc3VlIjoiMiIsInZvbHVtZSI6IjE5IiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX0seyJpZCI6IjAyNDE2ZjA2LWQ4MGQtMzQxMy04ZmViLWEwMWVmZGY3ZjJiZSIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6IjAyNDE2ZjA2LWQ4MGQtMzQxMy04ZmViLWEwMWVmZGY3ZjJiZSIsInRpdGxlIjoiQ3JlYXRpdmUgSW5kdXN0cnkgaW4gdGhlIFBvc3QtUGFuZGVtaWMgRGlnaXRhbCBFcmE6IE1lYW5pbmdmdWwgSW5jdWJhdGlvbiwgQ3VzdG9tZXIgRm9jdXMsIGFuZCBIaWdoIElubm92YXRpb24gYXMgU3RyYXRlZ2llcyB0byBDb21wZXRlIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJBbmphbmluZ3J1bSIsImdpdmVuIjoiV2lkaXlhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiSGVybWF3YXRpIiwiZ2l2ZW4iOiJBZHlhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiWW9nYXRhbWEiLCJnaXZlbiI6IkFobWFkIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiU3VjaSIsImdpdmVuIjoiUmFoYXl1IiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiU2lkaSIsImdpdmVuIjoiQWd1cyIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDEzXV19LCJET0kiOiIxMC40MTA4L0VBSS43LTEwLTIwMjEuMjMxNjc4NCIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjIsNCwyN11dfSwiYWJzdHJhY3QiOiLigKYgVGhlIHB1cnBvc2Ugb2YgdGhpcyBzdHVkeSB3YXMgdG8gZGV0ZXJtaW5lIHRoZSBlZmZlY3Qgb2YgdGhlIFBlbnRhLWhlbGl4IGJ1c2luZXNzIGluY3ViYXRvciwgbWFya2V0IG9yaWVudGF0aW9uLCBhbmQgZW50cmVwcmVuZXVyaWFsIG9yaWVudGF0aW9uIG9uIGR5bmFtaWMgY2FwYWJpbGl0eSBhbmQgY29tcGV0aXRpdmUg4oCmIiwicHVibGlzaGVyIjoiRXVyb3BlYW4gQWxsaWFuY2UgZm9yIElubm92YXRpb24gbi5vLiIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0=&quot;,&quot;citationItems&quot;:[{&quot;id&quot;:&quot;c55c0a3e-d729-31d2-986d-e64c3436961f&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;c55c0a3e-d729-31d2-986d-e64c3436961f&quot;,&quot;title&quot;:&quot;The Influence of Financing, Financing Risk and Liquidity Risk on the Profitability of Private Islamic Commercial Banks (BUS) in Indonesia&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Ningsih&quot;,&quot;given&quot;:&quot;Wiwik Fitria&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Handayani&quot;,&quot;given&quot;:&quot;Yuniorita Indah&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;container-title&quot;:&quot;Jurnal Ilmiah Bisnis dan Ekonomi Asia&quot;,&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.32815/JIBEKA.V19I2.2368&quot;,&quot;ISSN&quot;:&quot;2620-875X&quot;,&quot;URL&quot;:&quot;https://jibeka.asia.ac.id/index.php/jibeka/article/view/2368&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2025,7,14]]},&quot;page&quot;:&quot;142-153&quot;,&quot;abstract&quot;:&quot;This research aims to determine the effect of mudharabah, musyarakah, murabahah financing, financing risk and liquidity risk on profitability in Private Sharia Commercial Banks in 2019-2023. The study used is quantitative explanatory method. The data used are derived from annual financial reports of Private Sharia Commercial Banks. The population in this research is Private Sharia Commercial Banks listed on the Financial Services Authority (OJK). The sampling technique used is the purposive sampling and obtained 5 banks. The data analysis used are classical assumption testing, multiple linear regression, coefficient of determination (R¬2) and hypothesis testing. The results show that mudharabah financing,&amp;nbsp; murabahah financing, financing risk, and liquidity risk partially have no effect on profitability while partially musyarakah financing has a significant effect on profitability. This result indicate that bank need to develop musyarakah financing, increase operational efficiency and develope effective risk managemen system. Meanwhile sharia banks need to improve management capabilities ini managing mudharabah and murabahah financing and develop new product that are more profitable.&amp;nbsp; Sharia banks have to maintain financing risk (NPF) so that it do not cause potential losses in the future, Sharia banks also need to improve managemen capabilities in managing liquidy risk&quot;,&quot;publisher&quot;:&quot;Institut Teknologi dan Bisnis Asia Malang&quot;,&quot;issue&quot;:&quot;2&quot;,&quot;volume&quot;:&quot;19&quot;,&quot;container-title-short&quot;:&quot;&quot;},&quot;isTemporary&quot;:false},{&quot;id&quot;:&quot;02416f06-d80d-3413-8feb-a01efdf7f2be&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;02416f06-d80d-3413-8feb-a01efdf7f2be&quot;,&quot;title&quot;:&quot;Creative Industry in the Post-Pandemic Digital Era: Meaningful Incubation, Customer Focus, and High Innovation as Strategies to Compete&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Anjaningrum&quot;,&quot;given&quot;:&quot;Widiya&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Hermawati&quot;,&quot;given&quot;:&quot;Adya&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Yogatama&quot;,&quot;given&quot;:&quot;Ahmad&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Suci&quot;,&quot;given&quot;:&quot;Rahayu&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Sidi&quot;,&quot;given&quot;:&quot;Agus&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.4108/EAI.7-10-2021.2316784&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2022,4,27]]},&quot;abstract&quot;:&quot;… The purpose of this study was to determine the effect of the Penta-helix business incubator, market orientation, and entrepreneurial orientation on dynamic capability and competitive …&quot;,&quot;publisher&quot;:&quot;European Alliance for Innovation n.o.&quot;,&quot;container-title-short&quot;:&quot;&quot;},&quot;isTemporary&quot;:false}]},{&quot;citationID&quot;:&quot;MENDELEY_CITATION_720cb86d-c6ba-4f5f-9349-60a913c47303&quot;,&quot;properties&quot;:{&quot;noteIndex&quot;:0},&quot;isEdited&quot;:false,&quot;manualOverride&quot;:{&quot;isManuallyOverridden&quot;:false,&quot;citeprocText&quot;:&quot;(W. Anjaningrum et al., 2022; W. D. Anjaningrum et al., 2024; Dura &amp;#38; Wardana, 2024; Ningsih &amp;#38; Handayani, 2025; Sidi &amp;#38; Santoso, 2024)&quot;,&quot;manualOverrideText&quot;:&quot;&quot;},&quot;citationTag&quot;:&quot;MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNzIwY2I4NmQtYzZiYS00ZjVmLTkzNDktNjBhOTEzYzQ3MzAzIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKFcuIEFuamFuaW5ncnVtIGV0IGFsLiwgMjAyMjsgVy4gRC4gQW5qYW5pbmdydW0gZXQgYWwuLCAyMDI0OyBEdXJhICYjMzg7IFdhcmRhbmEsIDIwMjQ7IE5pbmdzaWggJiMzODsgSGFuZGF5YW5pLCAyMDI1OyBTaWRpICYjMzg7IFNhbnRvc28sIDIwMjQpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiZjc3MWFkZWItOGZjNS0zYzNhLTkyMTgtN2U0MDZkZjE1Nzg5IiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiZjc3MWFkZWItOGZjNS0zYzNhLTkyMTgtN2U0MDZkZjE1Nzg5IiwidGl0bGUiOiJUaGUgU3VzdGFpbmFiaWxpdHkgUm9sZSBvZiBXb21lbiBFbnRyZXByZW5ldXJzIHRocm91Z2ggdGhlIERpZ2l0YWwgRmluYW5jaWFsIExpdGVyYWN5IE1vdmVtZW50IiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJEdXJhIiwiZ2l2ZW4iOiJKdXN0aXRhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiV2FyZGFuYSIsImdpdmVuIjoiRGl0eWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJQb3B1bGF0aW9uIGFuZCBFY29ub21pY3MgOCgzKTogMTA4LTEyOSIsImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDEzXV19LCJET0kiOiIxMC4zODk3L1BPUEVDT04uOC5FMTE2OTIzIiwiSVNTTiI6IjI2NTgtMzc5OCIsIlVSTCI6Imh0dHBzOi8vcG9wdWxhdGlvbmFuZGVjb25vbWljcy5wZW5zb2Z0Lm5ldC9hcnRpY2xlLzExNjkyMy8iLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI0LDEwLDMwXV19LCJwYWdlIjoiMTA4LTEyOSIsImFic3RyYWN0IjoiVGhpcyBzdHVkeSBkaXNjdXNzZXMgaG93IGZpbmFuY2lhbCB0ZWNobm9sb2d5IGFuZCBmaW5hbmNpYWwgbGl0ZXJhY3kgcGxheSBhIGNydWNpYWwgcm9sZSBpbiBzdXBwb3J0aW5nIHRoZSBzdXN0YWluYWJpbGl0eSBvZiBzbWFsbCBhbmQgbWVkaXVtIGVudGVycHJpc2VzIChTTUVzKSBpbiBFYXN0IEphdmEuIFRoZSB1dGlsaXphdGlvbiBvZiBmaW5hbmNpYWwgdGVjaG5vbG9neSwgd2hpY2ggaW5jbHVkZXMgdmFyaW91cyBkaWdpdGFsIHNlcnZpY2VzIHN1Y2ggYXMgb25saW5lIHBheW1lbnRzIGFuZCBhY2Nlc3MgdG8gZmluYW5jaW5nLCBhbG9uZyB3aXRoIGZpbmFuY2lhbCBsaXRlcmFjeSwgd2hpY2ggcmVmZXJzIHRvIHRoZSB1bmRlcnN0YW5kaW5nIGFuZCBhYmlsaXR5IHRvIG1hbmFnZSBmaW5hbmNlcyB3aXNlbHksIGhhcyBiZWVuIHByb3ZlbiB0byBiZSBlc3NlbnRpYWwgaW4gbWFpbnRhaW5pbmcgdGhlIGNvbXBldGl0aXZlbmVzcyBhbmQgZ3Jvd3RoIG9mIGJ1c2luZXNzZXMsIGVzcGVjaWFsbHkgYW1vbmcgZmVtYWxlIGVudHJlcHJlbmV1cnMuVGhlIHJlc2VhcmNoIHdhcyBjb25kdWN0ZWQgdXNpbmcgYSBzdXJ2ZXkgaW52b2x2aW5nIDM5MCBmZW1hbGUgZW50cmVwcmVuZXVycyBpbiBFYXN0IEphdmEsIHNlbGVjdGVkIHRocm91Z2ggcHVycG9zaXZlIHNhbXBsaW5nLiBVc2luZyBtdWx0aXBsZSBsaW5lYXIgcmVncmVzc2lvbiBhbmFseXNpcywgdGhlIGZpbmRpbmdzIGluZGljYXRlIHRoYXQgYm90aCBmaW5hbmNpYWwgdGVjaG5vbG9neSBhbmQgZmluYW5jaWFsIGxpdGVyYWN5IHNpZ25pZmljYW50bHkgaW1wYWN0IHRoZSBzdXN0YWluYWJpbGl0eSBvZiB3b21lbuKAmXMgYnVzaW5lc3NlcyBpbiB0aGUgcmVnaW9uLiBIb3dldmVyLCB0aGlzIHN0dWR5IGlzIGxpbWl0ZWQgYnkgaXRzIGZvY3VzIHNvbGVseSBvbiBmZW1hbGUgZW50cmVwcmVuZXVycyBpbiBFYXN0IEphdmEsIHdoaWNoIG1heSByZXN0cmljdCB0aGUgZ2VuZXJhbGl6YWJpbGl0eSBvZiB0aGUgcmVzdWx0cyB0byBvdGhlciBjaXRpZXMuIFRoZXJlZm9yZSwgYSBsYXJnZXIgc2FtcGxlIHNpemUgYWNyb3NzIHZhcmlvdXMgcmVnaW9ucyB3b3VsZCBwcm92aWRlIG1vcmUgY29tcHJlaGVuc2l2ZSBpbnNpZ2h0cy4gVGhpcyBzdHVkeSBzdWdnZXN0cyB0aGF0IHRoZSBFYXN0IEphdmEgZ292ZXJubWVudCBzaG91bGQgcGF5IGNsb3NlciBhdHRlbnRpb24gdG8gdGhpcyBzZWN0b3IsIGdpdmVuIGl0cyBzaWduaWZpY2FudCBjb250cmlidXRpb24gdG8gdGhlIHJlZ2lvbmFsIGFuZCBuYXRpb25hbCBlY29ub215LiIsInB1Ymxpc2hlciI6IkZhY3VsdHkgb2YgRWNvbm9taWNzLCBMb21vbm9zb3YgTW9zY293IFN0YXRlIFVuaXZlcnNpdHkiLCJpc3N1ZSI6IjMiLCJ2b2x1bWUiOiI4IiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX0seyJpZCI6ImM1NWMwYTNlLWQ3MjktMzFkMi05ODZkLWU2NGMzNDM2OTYxZiIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6ImM1NWMwYTNlLWQ3MjktMzFkMi05ODZkLWU2NGMzNDM2OTYxZiIsInRpdGxlIjoiVGhlIEluZmx1ZW5jZSBvZiBGaW5hbmNpbmcsIEZpbmFuY2luZyBSaXNrIGFuZCBMaXF1aWRpdHkgUmlzayBvbiB0aGUgUHJvZml0YWJpbGl0eSBvZiBQcml2YXRlIElzbGFtaWMgQ29tbWVyY2lhbCBCYW5rcyAoQlVTKSBpbiBJbmRvbmVzaWEiLCJhdXRob3IiOlt7ImZhbWlseSI6Ik5pbmdzaWgiLCJnaXZlbiI6Ildpd2lrIEZpdHJpYSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IkhhbmRheWFuaSIsImdpdmVuIjoiWXVuaW9yaXRhIEluZGFoIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiSnVybmFsIElsbWlhaCBCaXNuaXMgZGFuIEVrb25vbWkgQXNpYSIsImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDEzXV19LCJET0kiOiIxMC4zMjgxNS9KSUJFS0EuVjE5STIuMjM2OCIsIklTU04iOiIyNjIwLTg3NVgiLCJVUkwiOiJodHRwczovL2ppYmVrYS5hc2lhLmFjLmlkL2luZGV4LnBocC9qaWJla2EvYXJ0aWNsZS92aWV3LzIzNjgiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI1LDcsMTRdXX0sInBhZ2UiOiIxNDItMTUzIiwiYWJzdHJhY3QiOiJUaGlzIHJlc2VhcmNoIGFpbXMgdG8gZGV0ZXJtaW5lIHRoZSBlZmZlY3Qgb2YgbXVkaGFyYWJhaCwgbXVzeWFyYWthaCwgbXVyYWJhaGFoIGZpbmFuY2luZywgZmluYW5jaW5nIHJpc2sgYW5kIGxpcXVpZGl0eSByaXNrIG9uIHByb2ZpdGFiaWxpdHkgaW4gUHJpdmF0ZSBTaGFyaWEgQ29tbWVyY2lhbCBCYW5rcyBpbiAyMDE5LTIwMjMuIFRoZSBzdHVkeSB1c2VkIGlzIHF1YW50aXRhdGl2ZSBleHBsYW5hdG9yeSBtZXRob2QuIFRoZSBkYXRhIHVzZWQgYXJlIGRlcml2ZWQgZnJvbSBhbm51YWwgZmluYW5jaWFsIHJlcG9ydHMgb2YgUHJpdmF0ZSBTaGFyaWEgQ29tbWVyY2lhbCBCYW5rcy4gVGhlIHBvcHVsYXRpb24gaW4gdGhpcyByZXNlYXJjaCBpcyBQcml2YXRlIFNoYXJpYSBDb21tZXJjaWFsIEJhbmtzIGxpc3RlZCBvbiB0aGUgRmluYW5jaWFsIFNlcnZpY2VzIEF1dGhvcml0eSAoT0pLKS4gVGhlIHNhbXBsaW5nIHRlY2huaXF1ZSB1c2VkIGlzIHRoZSBwdXJwb3NpdmUgc2FtcGxpbmcgYW5kIG9idGFpbmVkIDUgYmFua3MuIFRoZSBkYXRhIGFuYWx5c2lzIHVzZWQgYXJlIGNsYXNzaWNhbCBhc3N1bXB0aW9uIHRlc3RpbmcsIG11bHRpcGxlIGxpbmVhciByZWdyZXNzaW9uLCBjb2VmZmljaWVudCBvZiBkZXRlcm1pbmF0aW9uIChSwqwyKSBhbmQgaHlwb3RoZXNpcyB0ZXN0aW5nLiBUaGUgcmVzdWx0cyBzaG93IHRoYXQgbXVkaGFyYWJhaCBmaW5hbmNpbmcsJm5ic3A7IG11cmFiYWhhaCBmaW5hbmNpbmcsIGZpbmFuY2luZyByaXNrLCBhbmQgbGlxdWlkaXR5IHJpc2sgcGFydGlhbGx5IGhhdmUgbm8gZWZmZWN0IG9uIHByb2ZpdGFiaWxpdHkgd2hpbGUgcGFydGlhbGx5IG11c3lhcmFrYWggZmluYW5jaW5nIGhhcyBhIHNpZ25pZmljYW50IGVmZmVjdCBvbiBwcm9maXRhYmlsaXR5LiBUaGlzIHJlc3VsdCBpbmRpY2F0ZSB0aGF0IGJhbmsgbmVlZCB0byBkZXZlbG9wIG11c3lhcmFrYWggZmluYW5jaW5nLCBpbmNyZWFzZSBvcGVyYXRpb25hbCBlZmZpY2llbmN5IGFuZCBkZXZlbG9wZSBlZmZlY3RpdmUgcmlzayBtYW5hZ2VtZW4gc3lzdGVtLiBNZWFud2hpbGUgc2hhcmlhIGJhbmtzIG5lZWQgdG8gaW1wcm92ZSBtYW5hZ2VtZW50IGNhcGFiaWxpdGllcyBpbmkgbWFuYWdpbmcgbXVkaGFyYWJhaCBhbmQgbXVyYWJhaGFoIGZpbmFuY2luZyBhbmQgZGV2ZWxvcCBuZXcgcHJvZHVjdCB0aGF0IGFyZSBtb3JlIHByb2ZpdGFibGUuJm5ic3A7IFNoYXJpYSBiYW5rcyBoYXZlIHRvIG1haW50YWluIGZpbmFuY2luZyByaXNrIChOUEYpIHNvIHRoYXQgaXQgZG8gbm90IGNhdXNlIHBvdGVudGlhbCBsb3NzZXMgaW4gdGhlIGZ1dHVyZSwgU2hhcmlhIGJhbmtzIGFsc28gbmVlZCB0byBpbXByb3ZlIG1hbmFnZW1lbiBjYXBhYmlsaXRpZXMgaW4gbWFuYWdpbmcgbGlxdWlkeSByaXNrIiwicHVibGlzaGVyIjoiSW5zdGl0dXQgVGVrbm9sb2dpIGRhbiBCaXNuaXMgQXNpYSBNYWxhbmciLCJpc3N1ZSI6IjIiLCJ2b2x1bWUiOiIxOSIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9LHsiaWQiOiIwMjQxNmYwNi1kODBkLTM0MTMtOGZlYi1hMDFlZmRmN2YyYmUiLCJpdGVtRGF0YSI6eyJ0eXBlIjoiYXJ0aWNsZS1qb3VybmFsIiwiaWQiOiIwMjQxNmYwNi1kODBkLTM0MTMtOGZlYi1hMDFlZmRmN2YyYmUiLCJ0aXRsZSI6IkNyZWF0aXZlIEluZHVzdHJ5IGluIHRoZSBQb3N0LVBhbmRlbWljIERpZ2l0YWwgRXJhOiBNZWFuaW5nZnVsIEluY3ViYXRpb24sIEN1c3RvbWVyIEZvY3VzLCBhbmQgSGlnaCBJbm5vdmF0aW9uIGFzIFN0cmF0ZWdpZXMgdG8gQ29tcGV0ZSIsImF1dGhvciI6W3siZmFtaWx5IjoiQW5qYW5pbmdydW0iLCJnaXZlbiI6IldpZGl5YSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6Ikhlcm1hd2F0aSIsImdpdmVuIjoiQWR5YSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IllvZ2F0YW1hIiwiZ2l2ZW4iOiJBaG1hZCIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlN1Y2kiLCJnaXZlbiI6IlJhaGF5dSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlNpZGkiLCJnaXZlbiI6IkFndXMiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsOSwxM11dfSwiRE9JIjoiMTAuNDEwOC9FQUkuNy0xMC0yMDIxLjIzMTY3ODQiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDIyLDQsMjddXX0sImFic3RyYWN0Ijoi4oCmIFRoZSBwdXJwb3NlIG9mIHRoaXMgc3R1ZHkgd2FzIHRvIGRldGVybWluZSB0aGUgZWZmZWN0IG9mIHRoZSBQZW50YS1oZWxpeCBidXNpbmVzcyBpbmN1YmF0b3IsIG1hcmtldCBvcmllbnRhdGlvbiwgYW5kIGVudHJlcHJlbmV1cmlhbCBvcmllbnRhdGlvbiBvbiBkeW5hbWljIGNhcGFiaWxpdHkgYW5kIGNvbXBldGl0aXZlIOKApiIsInB1Ymxpc2hlciI6IkV1cm9wZWFuIEFsbGlhbmNlIGZvciBJbm5vdmF0aW9uIG4uby4iLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfSx7ImlkIjoiMGJjYTc4MzMtNjllYy0zMGY3LWFjMWEtYzdkYTdkYzUzMzI2IiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiMGJjYTc4MzMtNjllYy0zMGY3LWFjMWEtYzdkYTdkYzUzMzI2IiwidGl0bGUiOiJDcmVhdGl2ZSBJbmR1c3RyaWVzw6LigqzihKIgUmlzayBBcHBldGl0ZSBpbiBFYXN0IEphdmEgYW5kIEl0cyBJbXBhY3Qgb24gRHluYW1pYyBDYXBhYmlsaXR5IGFuZCBDb21wZXRpdGl2ZSBBZHZhbnRhZ2UiLCJhdXRob3IiOlt7ImZhbWlseSI6IlNpZGkiLCJnaXZlbiI6IkFndXMgUHVybm9tbyIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlNhbnRvc28iLCJnaXZlbiI6IlJpc2EiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJCaW51cyBCdXNpbmVzcyBSZXZpZXciLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsOSwxM11dfSwiRE9JIjoiMTAuMjE1MTIvQkJSLlYxNUkyLjEwNDI5IiwiSVNTTiI6IjI0NzYtOTA1MyIsIlVSTCI6Imh0dHBzOi8vam91cm5hbC5iaW51cy5hYy5pZC9pbmRleC5waHAvQkJSL2FydGljbGUvdmlldy8xMDQyOSIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjQsNiwxNF1dfSwicGFnZSI6IjEwNy0xMTciLCJhYnN0cmFjdCI6IlN0dWRpZXMgcmVsYXRlZCB0byByaXNrIGFwcGV0aXRlLCB3aGljaCBwbGF5cyBhbiBpbXBvcnRhbnQgcm9sZSBpbiByaXNrIG1hbmFnZW1lbnQgaW4gdGhlIGNyZWF0aXZlIGVjb25vbXkgc2VjdG9yLCBzdGlsbCBuZWVkIHRvIGJlIG1hZGUgYXZhaWxhYmxlLCBzbyByZWxhdGluZyBpdCB3aXRoIGR5bmFtaWMgY2FwYWJpbGl0aWVzIGFuZCBjb21wZXRpdGl2ZSBhZHZhbnRhZ2UgaXMgdGhlIG1haW4gbm92ZWx0eSBvZiB0aGUgcmVzZWFyY2guIFRoZSByZXNlYXJjaCBhaW1lZCB0byB1bmRlcnN0YW5kIHRoZSByaXNrIGFwcGV0aXRlIG9mIHRoZSBjcmVhdGl2ZSBTbWFsbCBhbmQgTWVkaXVtLVNpemVkIEVudGVycHJpc2VzIChTTUVzKSBpbiBFYXN0IEphdmEsIEluZG9uZXNpYSwgYW5kIGFuYWx5emUgdGhlIGltcGFjdCBvZiB0aGUgcmlzayBhcHBldGl0ZSBvbiB0aGVpciBkeW5hbWljIGNhcGFiaWxpdGllcyBhbmQgY29tcGV0aXRpdmUgYWR2YW50YWdlcy4gUHJpbWFyeSBkYXRhIHdhcyBvYnRhaW5lZCB0aHJvdWdoIGEgcXVhbnRpdGF0aXZlIHJlc2VhcmNoIG1ldGhvZCB3aXRoIGEgTGlrZXJ0LXNpemVkIG9ubGluZSBxdWVzdGlvbm5haXJlIGluc3RydW1lbnQgYW5kIGRpc3RyaWJ1dGVkIHRvIDMwMCBjcmVhdGl2ZSBpbmR1c3RyaWVzIGluIEVhc3QgSmF2YSwgd2l0aCB0aGUgdW5pdCBvZiBhbmFseXNpcyBiZWluZyB0aGUgY3JlYXRpdmUgYnVzaW5lc3Mgb3duZXIuIFRoZSBkYXRhIHdlcmUgYW5hbHl6ZWQgdXNpbmcgUGFydGlhbCBMZWFzdCBTcXVhcmUgLSBTdHJ1Y3R1cmFsIEVxdWF0aW9uIE1vZGVsbGluZyAoUExTLVNFTSkgd2VpZ2h0IGFuYWx5c2lzIHdpdGggU21hcnRQTFMgdmVyc2lvbiA0IHNvZnR3YXJlLiBBZnRlciBwYXNzaW5nIHRoZSBleHRlcm5hbCB0ZXN0IGFuZCBpbm5lciBtb2RlbCwgaHlwb3RoZXNpcyB0ZXN0aW5nIHdhcyBjYXJyaWVkIG91dCBieSByZXZpZXdpbmcgdGhlIHQtc3RhdGlzdGljcyBhbmQgcC12YWx1ZXMuIFRoZSBhbmFseXNpcyByZXN1bHRzIHByb3ZpZGUgYSBzdXJwcmlzZSwgc2hvd2luZyB0aGF0IG5vdCBhbGwgdHlwZXMgb2YgcmlzayBhcHBldGl0ZSBzaWduaWZpY2FudGx5IGltcGFjdCBkeW5hbWljIGNhcGFiaWxpdGllcyBhbmQgY29tcGV0aXRpdmUgYWR2YW50YWdlLiBBdm9pZGluZyB0aGUgZGlzY292ZXJ5IG9mIGRldHJpbWVudGFsIHJpc2tzIHRvIGR5bmFtaWMgY2FwYWJpbGl0aWVzIGFuZCBjb21wZXRpdGl2ZSBhZHZhbnRhZ2UgZW1waGFzaXplcyB0aGF0IGluIHRoaXMgZXJhLCBldmVyeSBjcmVhdGl2ZSBTTUUgbXVzdCBmYWNlIHJpc2tzLiBBdm9pZGluZyByaXNrcyBtYWtlcyB0aGUgYnVzaW5lc3MgdW5hYmxlIHRvIGZhY2UgZHluYW1pYyBjaGFuZ2VzIGluIGNvbmRpdGlvbnMgYW5kIHdpbGwgbm90IGhhdmUgYSBjb21wZXRpdGl2ZSBhZHZhbnRhZ2UuIEhvd2V2ZXIsIHJpc2sgYW5kIHJldmVudWUgc2hhcmluZyBkbyBub3Qgc2lnbmlmaWNhbnRseSBpbXBhY3QgY29tcGV0aXRpdmUgYWR2YW50YWdlLiBJdCBoYXMgYSBzdHJvbmcgaW1wYWN0IHRocm91Z2ggZHluYW1pYyBjYXBhYmlsaXRpZXMuIENyZWF0aXZlIFNNRXMgY2FuIGNob29zZSB0byB0cmFuc2ZlciByaXNrcyBvciByZWR1Y2UgdGhlbS4gRnV0dXJlIHJlc2VhcmNoIGNhbiBleGFtaW5lIGRpZmZlcmVudCByaXNrIGFwcGV0aXRlcyBmb3IgY3JlYXRpdmUgZWNvbm9teSBpbiBlYWNoIHN1YnNlY3Rvci4iLCJwdWJsaXNoZXIiOiJVbml2ZXJzaXRhcyBCaW5hIE51c2FudGFyYSIsImlzc3VlIjoiMiIsInZvbHVtZSI6IjE1IiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX0seyJpZCI6IjlhNThmYzVmLTVmNWUtM2IzOS05YTQxLTJjYmY1ZGM3NzUwMiIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6IjlhNThmYzVmLTVmNWUtM2IzOS05YTQxLTJjYmY1ZGM3NzUwMiIsInRpdGxlIjoiU3B1cnJpbmcgU01Fc+KAmSBwZXJmb3JtYW5jZSB0aHJvdWdoIGJ1c2luZXNzIGludGVsbGlnZW5jZSwgb3JnYW5pemF0aW9uYWwgYW5kIG5ldHdvcmsgbGVhcm5pbmcsIGN1c3RvbWVyIHZhbHVlIGFudGljaXBhdGlvbiwgYW5kIGlubm92YXRpb24gLSBFbXBpcmljYWwgZXZpZGVuY2Ugb2YgdGhlIGNyZWF0aXZlIGVjb25vbXkgc2VjdG9yIGluIEVhc3QgSmF2YSwgSW5kb25lc2lhIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJBbmphbmluZ3J1bSIsImdpdmVuIjoiV2lkaXlhIERld2kiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJBeml6YWgiLCJnaXZlbiI6Ik51ciIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlN1cnlhZGkiLCJnaXZlbiI6Ik5hbmFuZyIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6IkhlbGl5b24iLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiJIZWxpeW9uIiwiYWNjZXNzZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI1LDksMTNdXX0sIkRPSSI6IjEwLjEwMTYvSi5IRUxJWU9OLjIwMjQuRTI3OTk4IiwiSVNTTiI6IjI0MDU4NDQwIiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyNCw0LDE1XV19LCJhYnN0cmFjdCI6IlNldmVyYWwgc3R1ZGllcyBoYXZlIGV4cGxvcmVkIGZpcm0gcGVyZm9ybWFuY2UgaW4gdGhlIHBvc3QtQ292aWQtMTkgcGFuZGVtaWMgZXJhLiBIb3dldmVyLCB0aGVyZSBpcyBub3QgbXVjaCByZXNlYXJjaCB0byBmaW5kIHJlcG9ydHMgZGl2dWxnaW5nIHRoZSBjb21wbGV4IHJlbGF0aW9uc2hpcCBkeW5hbWljcyBiZXR3ZWVuIGJ1c2luZXNzIGludGVsbGlnZW5jZSwgb3JnYW5pemF0aW9uYWwgYW5kIG5ldHdvcmsgbGVhcm5pbmcsIGN1c3RvbWVyIHZhbHVlIGFudGljaXBhdGlvbiwgYW5kIGNyZWF0aXZlIGVjb25vbXktYmFzZWQgc21hbGwtbWVkaXVtIGVudGVycHJpc2VzIChTTUVzKSBwZXJmb3JtYW5jZSBpbiBkZXZlbG9waW5nIGNvdW50cmllcy4gVGhpcyBzdHVkeSBhaW1zIHRvIHVuY292ZXIgdGhlIGNvbXBsZXhpdHkgb2YgdGhvc2UgcmVsYXRpb25zaGlwcy4gVGhlIHF1YW50aXRhdGl2ZSBkYXRhIHdlcmUgY29sbGVjdGVkIGZyb20gMzEzIGNyZWF0aXZlIGVjb25vbXktYmFzZWQgU01FcyBpbiBFYXN0IEphdmEsIEluZG9uZXNpYS4gVXNpbmcgUExTLVNFTSwgdGhpcyBzdHVkeSBkaXNjbG9zZWQgdGhhdCBidXNpbmVzcyBpbnRlbGxpZ2VuY2UgcHJhY3RpY2VzIGNvdWxkIG5vdCBkaXJlY3RseSBpbXBhY3QgU01FcycgcGVyZm9ybWFuY2UuIEJ1c2luZXNzIGludGVsbGlnZW5jZSB3aWxsIGJlIGNydWNpYWwgdG8gU01FcycgcGVyZm9ybWFuY2Ugd2l0aCB0aGUgc3VwcG9ydCBvZiBvcmdhbml6YXRpb25hbCBsZWFybmluZyBhcyBhIG1lZGlhdG9yLiBUaGUgZmluZGluZyBhbHNvIGNvbmZpcm1lZCB0aGUgcHJlc2VuY2Ugb2Ygc2VyaWFsIG1lZGlhdGlvbiBvZiBvcmdhbml6YXRpb25hbCBsZWFybmluZyBhbmQgaW5ub3ZhdGlvbiBpbiB0aGUgcmVsYXRpb25zaGlwIGJldHdlZW4gYnVzaW5lc3MgaW50ZWxsaWdlbmNlIGFuZCBTTUVzJyBwZXJmb3JtYW5jZS4gSG93ZXZlciwgdGhlIHJvbGUgb2YgbmV0d29yayBsZWFybmluZyBhbmQgaW5ub3ZhdGlvbiBpcyBhbHNvIGltcG9ydGFudCwgY29uc2lkZXJpbmcgdGhlaXIgcmVsYXRpdmVseSBsYXJnZSBkaXJlY3QgaW1wYWN0IG9uIFNNRXPigJkgcGVyZm9ybWFuY2UuIFRoZSB0aGVvcmV0aWNhbCBpbXBsaWNhdGlvbnMgb2YgdGhpcyByZXNlYXJjaCBicm9rZSB0aGUgYm91bmRhcmllcyBvZiBzdHJhdGVnaWMgbWFuYWdlbWVudCB0aGVvcnkgaW4gcmVzb3VyY2UtYmFzZWQgdmlldyBhbmQga25vd2xlZGdlLWJhc2VkIHZpZXcgaW4gdGhlIGxhdGVzdCBlcmEsIHdoZXJlIGNyZWF0aXZlIGVjb25vbXktYmFzZWQgU01FcyBoYXZlIGJlZW4gYWJsZSB0byBtb2JpbGl6ZSByZXNvdXJjZXMgdG8gY2Fycnkgb3V0IGJ1c2luZXNzIGludGVsbGlnZW5jZSB0byByZWFsaXplIGlubm92YXRpb24gYW5kIGhpZ2ggcGVyZm9ybWFuY2UuIEZ1cnRoZXIgcmVzZWFyY2ggaXMgc3VnZ2VzdGVkIHRvIGV4cGxvcmUgdGhlIHJvbGUgb2YgYnVzaW5lc3MgaW50ZWxsaWdlbmNlIGluIHByb21vdGluZyBzcGVjaWZpYyBwZXJmb3JtYW5jZSBhcmVhcywgc3VjaCBhcyBtYXJrZXRpbmcgcGVyZm9ybWFuY2UsIGZpbmFuY2lhbCBwZXJmb3JtYW5jZSwgYW5kIGh1bWFuIHJlc291cmNlIG1hbmFnZW1lbnQuIEluIGFkZGl0aW9uLCBpdCBpcyBhZHZpc2FibGUgdG8gY2hvb3NlIG1vcmUgc3BlY2lmaWMgcmVzZWFyY2ggc3ViamVjdHMsIGluY2x1ZGluZyB0aG9zZSBpbiB0aGUgY3VsaW5hcnkgc3Vic2VjdG9yLCBhbmQgcGF5IGF0dGVudGlvbiB0byBvdGhlciBhcmVhcywgZS5nLiwgdGhlIGRlbW9ncmFwaGljcyBvZiByZXNwb25kZW50cyBpbiB0aGUgbW9kZWwgYXMgYSBjb250cm9sIHZhcmlhYmxlLiIsInB1Ymxpc2hlciI6IkVsc2V2aWVyIEx0ZCIsImlzc3VlIjoiNyIsInZvbHVtZSI6IjEwIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ==&quot;,&quot;citationItems&quot;:[{&quot;id&quot;:&quot;f771adeb-8fc5-3c3a-9218-7e406df15789&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;f771adeb-8fc5-3c3a-9218-7e406df15789&quot;,&quot;title&quot;:&quot;The Sustainability Role of Women Entrepreneurs through the Digital Financial Literacy Movement&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Dura&quot;,&quot;given&quot;:&quot;Justita&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Wardana&quot;,&quot;given&quot;:&quot;Ditya&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;container-title&quot;:&quot;Population and Economics 8(3): 108-129&quot;,&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.3897/POPECON.8.E116923&quot;,&quot;ISSN&quot;:&quot;2658-3798&quot;,&quot;URL&quot;:&quot;https://populationandeconomics.pensoft.net/article/116923/&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2024,10,30]]},&quot;page&quot;:&quot;108-129&quot;,&quot;abstract&quot;:&quot;This study discusses how financial technology and financial literacy play a crucial role in supporting the sustainability of small and medium enterprises (SMEs) in East Java. The utilization of financial technology, which includes various digital services such as online payments and access to financing, along with financial literacy, which refers to the understanding and ability to manage finances wisely, has been proven to be essential in maintaining the competitiveness and growth of businesses, especially among female entrepreneurs.The research was conducted using a survey involving 390 female entrepreneurs in East Java, selected through purposive sampling. Using multiple linear regression analysis, the findings indicate that both financial technology and financial literacy significantly impact the sustainability of women’s businesses in the region. However, this study is limited by its focus solely on female entrepreneurs in East Java, which may restrict the generalizability of the results to other cities. Therefore, a larger sample size across various regions would provide more comprehensive insights. This study suggests that the East Java government should pay closer attention to this sector, given its significant contribution to the regional and national economy.&quot;,&quot;publisher&quot;:&quot;Faculty of Economics, Lomonosov Moscow State University&quot;,&quot;issue&quot;:&quot;3&quot;,&quot;volume&quot;:&quot;8&quot;,&quot;container-title-short&quot;:&quot;&quot;},&quot;isTemporary&quot;:false},{&quot;id&quot;:&quot;c55c0a3e-d729-31d2-986d-e64c3436961f&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;c55c0a3e-d729-31d2-986d-e64c3436961f&quot;,&quot;title&quot;:&quot;The Influence of Financing, Financing Risk and Liquidity Risk on the Profitability of Private Islamic Commercial Banks (BUS) in Indonesia&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Ningsih&quot;,&quot;given&quot;:&quot;Wiwik Fitria&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Handayani&quot;,&quot;given&quot;:&quot;Yuniorita Indah&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;container-title&quot;:&quot;Jurnal Ilmiah Bisnis dan Ekonomi Asia&quot;,&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.32815/JIBEKA.V19I2.2368&quot;,&quot;ISSN&quot;:&quot;2620-875X&quot;,&quot;URL&quot;:&quot;https://jibeka.asia.ac.id/index.php/jibeka/article/view/2368&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2025,7,14]]},&quot;page&quot;:&quot;142-153&quot;,&quot;abstract&quot;:&quot;This research aims to determine the effect of mudharabah, musyarakah, murabahah financing, financing risk and liquidity risk on profitability in Private Sharia Commercial Banks in 2019-2023. The study used is quantitative explanatory method. The data used are derived from annual financial reports of Private Sharia Commercial Banks. The population in this research is Private Sharia Commercial Banks listed on the Financial Services Authority (OJK). The sampling technique used is the purposive sampling and obtained 5 banks. The data analysis used are classical assumption testing, multiple linear regression, coefficient of determination (R¬2) and hypothesis testing. The results show that mudharabah financing,&amp;nbsp; murabahah financing, financing risk, and liquidity risk partially have no effect on profitability while partially musyarakah financing has a significant effect on profitability. This result indicate that bank need to develop musyarakah financing, increase operational efficiency and develope effective risk managemen system. Meanwhile sharia banks need to improve management capabilities ini managing mudharabah and murabahah financing and develop new product that are more profitable.&amp;nbsp; Sharia banks have to maintain financing risk (NPF) so that it do not cause potential losses in the future, Sharia banks also need to improve managemen capabilities in managing liquidy risk&quot;,&quot;publisher&quot;:&quot;Institut Teknologi dan Bisnis Asia Malang&quot;,&quot;issue&quot;:&quot;2&quot;,&quot;volume&quot;:&quot;19&quot;,&quot;container-title-short&quot;:&quot;&quot;},&quot;isTemporary&quot;:false},{&quot;id&quot;:&quot;02416f06-d80d-3413-8feb-a01efdf7f2be&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;02416f06-d80d-3413-8feb-a01efdf7f2be&quot;,&quot;title&quot;:&quot;Creative Industry in the Post-Pandemic Digital Era: Meaningful Incubation, Customer Focus, and High Innovation as Strategies to Compete&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Anjaningrum&quot;,&quot;given&quot;:&quot;Widiya&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Hermawati&quot;,&quot;given&quot;:&quot;Adya&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Yogatama&quot;,&quot;given&quot;:&quot;Ahmad&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Suci&quot;,&quot;given&quot;:&quot;Rahayu&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Sidi&quot;,&quot;given&quot;:&quot;Agus&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.4108/EAI.7-10-2021.2316784&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2022,4,27]]},&quot;abstract&quot;:&quot;… The purpose of this study was to determine the effect of the Penta-helix business incubator, market orientation, and entrepreneurial orientation on dynamic capability and competitive …&quot;,&quot;publisher&quot;:&quot;European Alliance for Innovation n.o.&quot;,&quot;container-title-short&quot;:&quot;&quot;},&quot;isTemporary&quot;:false},{&quot;id&quot;:&quot;0bca7833-69ec-30f7-ac1a-c7da7dc53326&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;0bca7833-69ec-30f7-ac1a-c7da7dc53326&quot;,&quot;title&quot;:&quot;Creative Industriesâ€™ Risk Appetite in East Java and Its Impact on Dynamic Capability and Competitive Advantage&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Sidi&quot;,&quot;given&quot;:&quot;Agus Purnomo&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Santoso&quot;,&quot;given&quot;:&quot;Risa&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;container-title&quot;:&quot;Binus Business Review&quot;,&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.21512/BBR.V15I2.10429&quot;,&quot;ISSN&quot;:&quot;2476-9053&quot;,&quot;URL&quot;:&quot;https://journal.binus.ac.id/index.php/BBR/article/view/10429&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2024,6,14]]},&quot;page&quot;:&quot;107-117&quot;,&quot;abstract&quot;:&quot;Studies related to risk appetite, which plays an important role in risk management in the creative economy sector, still need to be made available, so relating it with dynamic capabilities and competitive advantage is the main novelty of the research. The research aimed to understand the risk appetite of the creative Small and Medium-Sized Enterprises (SMEs) in East Java, Indonesia, and analyze the impact of the risk appetite on their dynamic capabilities and competitive advantages. Primary data was obtained through a quantitative research method with a Likert-sized online questionnaire instrument and distributed to 300 creative industries in East Java, with the unit of analysis being the creative business owner. The data were analyzed using Partial Least Square - Structural Equation Modelling (PLS-SEM) weight analysis with SmartPLS version 4 software. After passing the external test and inner model, hypothesis testing was carried out by reviewing the t-statistics and p-values. The analysis results provide a surprise, showing that not all types of risk appetite significantly impact dynamic capabilities and competitive advantage. Avoiding the discovery of detrimental risks to dynamic capabilities and competitive advantage emphasizes that in this era, every creative SME must face risks. Avoiding risks makes the business unable to face dynamic changes in conditions and will not have a competitive advantage. However, risk and revenue sharing do not significantly impact competitive advantage. It has a strong impact through dynamic capabilities. Creative SMEs can choose to transfer risks or reduce them. Future research can examine different risk appetites for creative economy in each subsector.&quot;,&quot;publisher&quot;:&quot;Universitas Bina Nusantara&quot;,&quot;issue&quot;:&quot;2&quot;,&quot;volume&quot;:&quot;15&quot;,&quot;container-title-short&quot;:&quot;&quot;},&quot;isTemporary&quot;:false},{&quot;id&quot;:&quot;9a58fc5f-5f5e-3b39-9a41-2cbf5dc77502&quot;,&quot;itemData&quot;:{&quot;type&quot;:&quot;article-journal&quot;,&quot;id&quot;:&quot;9a58fc5f-5f5e-3b39-9a41-2cbf5dc77502&quot;,&quot;title&quot;:&quot;Spurring SMEs’ performance through business intelligence, organizational and network learning, customer value anticipation, and innovation - Empirical evidence of the creative economy sector in East Java, Indonesia&quot;,&quot;author&quot;:[{&quot;family&quot;:&quot;Anjaningrum&quot;,&quot;given&quot;:&quot;Widiya Dewi&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Azizah&quot;,&quot;given&quot;:&quot;Nur&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;},{&quot;family&quot;:&quot;Suryadi&quot;,&quot;given&quot;:&quot;Nanang&quot;,&quot;parse-names&quot;:false,&quot;dropping-particle&quot;:&quot;&quot;,&quot;non-dropping-particle&quot;:&quot;&quot;}],&quot;container-title&quot;:&quot;Heliyon&quot;,&quot;container-title-short&quot;:&quot;Heliyon&quot;,&quot;accessed&quot;:{&quot;date-parts&quot;:[[2025,9,13]]},&quot;DOI&quot;:&quot;10.1016/J.HELIYON.2024.E27998&quot;,&quot;ISSN&quot;:&quot;24058440&quot;,&quot;issued&quot;:{&quot;date-parts&quot;:[[2024,4,15]]},&quot;abstract&quot;:&quot;Several studies have explored firm performance in the post-Covid-19 pandemic era. However, there is not much research to find reports divulging the complex relationship dynamics between business intelligence, organizational and network learning, customer value anticipation, and creative economy-based small-medium enterprises (SMEs) performance in developing countries. This study aims to uncover the complexity of those relationships. The quantitative data were collected from 313 creative economy-based SMEs in East Java, Indonesia. Using PLS-SEM, this study disclosed that business intelligence practices could not directly impact SMEs' performance. Business intelligence will be crucial to SMEs' performance with the support of organizational learning as a mediator. The finding also confirmed the presence of serial mediation of organizational learning and innovation in the relationship between business intelligence and SMEs' performance. However, the role of network learning and innovation is also important, considering their relatively large direct impact on SMEs’ performance. The theoretical implications of this research broke the boundaries of strategic management theory in resource-based view and knowledge-based view in the latest era, where creative economy-based SMEs have been able to mobilize resources to carry out business intelligence to realize innovation and high performance. Further research is suggested to explore the role of business intelligence in promoting specific performance areas, such as marketing performance, financial performance, and human resource management. In addition, it is advisable to choose more specific research subjects, including those in the culinary subsector, and pay attention to other areas, e.g., the demographics of respondents in the model as a control variable.&quot;,&quot;publisher&quot;:&quot;Elsevier Ltd&quot;,&quot;issue&quot;:&quot;7&quot;,&quot;volume&quot;:&quot;10&quot;},&quot;isTemporary&quot;:false}]}]"/>
+    <we:property name="MENDELEY_CITATIONS_STYLE" value="{&quot;id&quot;:&quot;https://www.zotero.org/styles/apa&quot;,&quot;title&quot;:&quot;APA Style 7th edition&quot;,&quot;format&quot;:&quot;author-date&quot;,&quot;defaultLocale&quot;:null,&quot;isLocaleCodeValid&quot;:true}"/>
   </we:properties>
   <we:bindings/>
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCCB4B1A-F246-4F6F-8941-306A5C346174}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6895</Characters>
+  <Pages>3</Pages>
+  <Words>931</Words>
+  <Characters>5563</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>146</Lines>
+  <Paragraphs>78</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8088</CharactersWithSpaces>
+  <CharactersWithSpaces>6416</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Mendeley Document_1">
+    <vt:lpwstr>True</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Mendeley Citation Style_1">
+    <vt:lpwstr>http://www.zotero.org/styles/apa</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Mendeley Unique User Id_1">
+    <vt:lpwstr>fb75c1c3-6bef-3c4b-a71a-43a0e8b0ad08</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Mendeley Recent Style Id 0_1">
+    <vt:lpwstr>http://www.zotero.org/styles/american-medical-association</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Mendeley Recent Style Name 0_1">
+    <vt:lpwstr>American Medical Association 11th edition</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Mendeley Recent Style Id 1_1">
+    <vt:lpwstr>http://www.zotero.org/styles/american-political-science-association</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Mendeley Recent Style Name 1_1">
+    <vt:lpwstr>American Political Science Association</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Mendeley Recent Style Id 2_1">
+    <vt:lpwstr>http://www.zotero.org/styles/apa</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Mendeley Recent Style Name 2_1">
+    <vt:lpwstr>American Psychological Association 7th edition</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Mendeley Recent Style Id 3_1">
+    <vt:lpwstr>http://www.zotero.org/styles/american-sociological-association</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Mendeley Recent Style Name 3_1">
+    <vt:lpwstr>American Sociological Association 6th edition</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Mendeley Recent Style Id 4_1">
+    <vt:lpwstr>http://www.zotero.org/styles/chicago-fullnote-bibliography</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Mendeley Recent Style Name 4_1">
+    <vt:lpwstr>Chicago Manual of Style 17th edition (full note)</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Mendeley Recent Style Id 5_1">
+    <vt:lpwstr>http://www.zotero.org/styles/harvard-cite-them-right</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Mendeley Recent Style Name 5_1">
+    <vt:lpwstr>Cite Them Right 10th edition - Harvard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Mendeley Recent Style Id 6_1">
+    <vt:lpwstr>http://www.zotero.org/styles/ieee</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Mendeley Recent Style Name 6_1">
+    <vt:lpwstr>IEEE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Mendeley Recent Style Id 7_1">
+    <vt:lpwstr>http://www.zotero.org/styles/modern-humanities-research-association</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Mendeley Recent Style Name 7_1">
+    <vt:lpwstr>Modern Humanities Research Association 3rd edition (note with bibliography)</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Mendeley Recent Style Id 8_1">
+    <vt:lpwstr>http://www.zotero.org/styles/modern-language-association</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Mendeley Recent Style Name 8_1">
+    <vt:lpwstr>Modern Language Association 8th edition</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Mendeley Recent Style Id 9_1">
+    <vt:lpwstr>http://www.zotero.org/styles/vancouver</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Mendeley Recent Style Name 9_1">
+    <vt:lpwstr>Vancouver</vt:lpwstr>
+  </property>
+</Properties>
+</file>